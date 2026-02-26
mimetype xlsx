--- v0 (2026-02-21)
+++ v1 (2026-02-26)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Change Register" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1067" uniqueCount="1067">
   <si>
     <t>Last Updated</t>
   </si>
   <si>
     <t>Reference Number</t>
   </si>
   <si>
     <t>Change Title</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Origination Date</t>
   </si>
   <si>
     <t>Proposer</t>
   </si>
   <si>
     <t>Customer Change Team Lead</t>
   </si>
   <si>
     <t>Release Type</t>
   </si>
   <si>
@@ -69,798 +69,3189 @@
   <si>
     <t>IGT Impact</t>
   </si>
   <si>
     <t>NGT Impact</t>
   </si>
   <si>
     <t>Supplier Impact</t>
   </si>
   <si>
     <t>GT Impact</t>
   </si>
   <si>
     <t>Comsumer Impact</t>
   </si>
   <si>
     <t>DCC Impact</t>
   </si>
   <si>
     <t>DMSP Impact</t>
   </si>
   <si>
     <t>MAP Impact</t>
   </si>
   <si>
+    <t>XRN 3667a</t>
+  </si>
+  <si>
+    <t>Provision of Formula Year AQ/SOQ to Proposing Users</t>
+  </si>
+  <si>
+    <t>Implemented</t>
+  </si>
+  <si>
+    <t>Npower</t>
+  </si>
+  <si>
+    <t>uklink@xoserve.com</t>
+  </si>
+  <si>
+    <t>Ad-hoc</t>
+  </si>
+  <si>
+    <t>28/02/2019</t>
+  </si>
+  <si>
+    <t>Service Area 22: Specific Services</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>XRN 4044</t>
+  </si>
+  <si>
+    <t>Extension of ‘Must Read’ process to include Annual Read sites</t>
+  </si>
+  <si>
+    <t>Withdrawn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Grid </t>
+  </si>
+  <si>
+    <t>Unallocated</t>
+  </si>
+  <si>
+    <t>TBC</t>
+  </si>
+  <si>
+    <t>N/A: Not applicable</t>
+  </si>
+  <si>
+    <t>XRN 4376</t>
+  </si>
+  <si>
+    <t>GB Charging &amp; Incremental (IP PARCA) Capacity Allocation Change Delivery (2019)</t>
+  </si>
+  <si>
+    <t>08/09/2019</t>
+  </si>
+  <si>
+    <t>Service Area 20: UK Link Gemini System Services</t>
+  </si>
+  <si>
+    <t>XRN 4550</t>
+  </si>
+  <si>
+    <t>Gemini Re-platform</t>
+  </si>
+  <si>
+    <t>05/07/2020</t>
+  </si>
+  <si>
     <t>XRN 4621</t>
   </si>
   <si>
     <t>Suspension of the Validation between Meter Index and Uncoverted Converter Index</t>
   </si>
   <si>
-    <t>Implemented</t>
-[...1 lines deleted...]
-  <si>
     <t>Orsted</t>
   </si>
   <si>
-    <t>uklink@xoserve.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Major</t>
   </si>
   <si>
     <t>08/11/2019</t>
   </si>
   <si>
-    <t>Service Area 22: Specific Services</t>
-[...5 lines deleted...]
-    <t>No</t>
+    <t>XRN 4635</t>
+  </si>
+  <si>
+    <t>Amendments to the DSC service line to enable the Web Service provision of data for the Consumer Enquiry Service (Number)</t>
+  </si>
+  <si>
+    <t>Xoserve</t>
+  </si>
+  <si>
+    <t>16/11/2018</t>
+  </si>
+  <si>
+    <t>Service Area 16: Provision of Supply Point Information Services and Other Services Required to be Provided Under Condition of the GT Licence</t>
+  </si>
+  <si>
+    <t>XRN 4653</t>
+  </si>
+  <si>
+    <t>National Grid Transmission iConversion Project</t>
+  </si>
+  <si>
+    <t>31/03/2020</t>
   </si>
   <si>
     <t>XRN 4665</t>
   </si>
   <si>
     <t>Creation of new End User Categories</t>
   </si>
   <si>
     <t>E.ON</t>
   </si>
   <si>
     <t>31/08/2019</t>
   </si>
   <si>
     <t>Service Area 15 (Previous Dec 18 – Mar 21): Demand Estimation</t>
   </si>
   <si>
     <t>XRN 4679</t>
   </si>
   <si>
     <t>Requiring a Meter Reading following a change of Local Distribution Zone or Exit Zone</t>
   </si>
   <si>
-    <t>Xoserve</t>
-[...1 lines deleted...]
-  <si>
     <t>Service Area 5 (Previous Dec 18 – Mar 21): Metered Volume and Metered Quantity</t>
   </si>
   <si>
     <t>XRN 4687</t>
   </si>
   <si>
     <t>PSR updates for large domestic sites</t>
   </si>
   <si>
     <t>28/06/2019</t>
   </si>
   <si>
     <t>Service Area 1 (Previous Dec 18 – Mar 21): Manage Supply Point Registration</t>
   </si>
   <si>
+    <t>XRN 4690</t>
+  </si>
+  <si>
+    <t>Actual read following estimated transfer read calculating AQ of 1</t>
+  </si>
+  <si>
+    <t>Minor</t>
+  </si>
+  <si>
+    <t>16/02/2019</t>
+  </si>
+  <si>
+    <t>Service Area 6 (Previous Dec 18 – Mar 21): Annual quantity, DM supply point capacity and offtake rate reviews</t>
+  </si>
+  <si>
     <t>XRN 4691</t>
   </si>
   <si>
     <t>CSEPs: IGT and GT File Formats (CGI Files)</t>
   </si>
   <si>
-    <t>Withdrawn</t>
-[...1 lines deleted...]
-  <si>
     <t>Wales &amp; West Utilities</t>
   </si>
   <si>
-    <t>TBC</t>
-[...1 lines deleted...]
-  <si>
     <t>Service area 10 (Previous Dec 18 – Mar 21): Connected system exit points</t>
   </si>
   <si>
     <t>XRN 4692</t>
   </si>
   <si>
     <t>CSEPs: IGT and GT File Formats (CIN Files)</t>
   </si>
   <si>
     <t>XRN 4693</t>
   </si>
   <si>
     <t>CSEPs: IGT and GT File Formats. Files Affected: CIC, CIR, CAI, CAO, DCI, DCO, CIN, CCN, CUN.</t>
   </si>
   <si>
     <t>XRN 4694</t>
   </si>
   <si>
     <t>CSEPs: IGT and GT File Formats (Create new data validations )</t>
   </si>
   <si>
+    <t>XRN 4695</t>
+  </si>
+  <si>
+    <t>Investigating causes and contributors to levels and volatility of Unidentified Gas</t>
+  </si>
+  <si>
+    <t>30/03/2019</t>
+  </si>
+  <si>
+    <t>Service Area 3 (Previous Dec 18 – Mar 21): Record/submit Data in Compliance with UNC</t>
+  </si>
+  <si>
+    <t>XRN 4777</t>
+  </si>
+  <si>
+    <t>Acceptance of Contact Details Updates</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDF Energy </t>
+  </si>
+  <si>
+    <t>27/07/2019</t>
+  </si>
+  <si>
+    <t>XRN 4779</t>
+  </si>
+  <si>
+    <t>UNC Modification 0657S - Adding AQ reporting to the PARR Schedule reporting suite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Npower </t>
+  </si>
+  <si>
+    <t>11/03/2020</t>
+  </si>
+  <si>
     <t>XRN 4780</t>
   </si>
   <si>
     <t>Inclusion of Meter Asset Provider Identity (MAP Id) in the UK Link system (CSS Consequential Change)</t>
   </si>
   <si>
     <t xml:space="preserve">SSE </t>
   </si>
   <si>
     <t>22/01/2022</t>
   </si>
   <si>
+    <t>XRN 4785</t>
+  </si>
+  <si>
+    <t>SSN Error proofing</t>
+  </si>
+  <si>
+    <t>XRN 4786</t>
+  </si>
+  <si>
+    <t>Provision of Gemini data to Ofgem</t>
+  </si>
+  <si>
+    <t>National Grid</t>
+  </si>
+  <si>
+    <t>Service Area 18: Provision of User Reports and Information</t>
+  </si>
+  <si>
+    <t>XRN 4787</t>
+  </si>
+  <si>
+    <t>Rescheduling of failed SSN</t>
+  </si>
+  <si>
+    <t>XRN 4789</t>
+  </si>
+  <si>
+    <t>Updating Shipper Reporting Packs and glossary</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E.ON </t>
+  </si>
+  <si>
+    <t>31/07/2019</t>
+  </si>
+  <si>
+    <t>XRN 4790</t>
+  </si>
+  <si>
+    <t>Introduction of winter read/consumption reports and associated obligation (MOD0652)</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>XRN 4795</t>
+  </si>
+  <si>
+    <t>Amendments to the PARR (520a) reporting</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Npower  </t>
+  </si>
+  <si>
+    <t>15/11/2019</t>
+  </si>
+  <si>
+    <t>XRN 4800</t>
+  </si>
+  <si>
+    <t>TSO Visibility of System Balance at Interconnection Points</t>
+  </si>
+  <si>
     <t>XRN 4801</t>
   </si>
   <si>
     <t>Additional information to be made viewable on DES</t>
   </si>
   <si>
-    <t xml:space="preserve">Npower </t>
-[...1 lines deleted...]
-  <si>
     <t>07/11/2020</t>
   </si>
   <si>
+    <t>XRN 4706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Grid Gas –  Test Support &amp; Consultancy on Connectivity between Xoserve &amp; Gemini</t>
+  </si>
+  <si>
+    <t>31/10/2019</t>
+  </si>
+  <si>
+    <t>XRN 4713</t>
+  </si>
+  <si>
+    <t>Actual read following estimated transfer read calculating AQ of 1 (linked to XRN4690)</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>XRN 4717</t>
+  </si>
+  <si>
+    <t>Use of up to date Forecast weather data in first NDM Nominations</t>
+  </si>
+  <si>
+    <t>Total Gas and Power</t>
+  </si>
+  <si>
     <t>XRN 4725</t>
   </si>
   <si>
     <t>New Read Reason Type for LIS Estimate Readings</t>
   </si>
   <si>
+    <t>XRN 4738</t>
+  </si>
+  <si>
+    <t>Shipper Portfolio Update of Proposed Formula Year AQ/SOQ</t>
+  </si>
+  <si>
+    <t>XRN 4747</t>
+  </si>
+  <si>
+    <t>Smart Meter Upgrade Notification Report</t>
+  </si>
+  <si>
+    <t>18/01/2019</t>
+  </si>
+  <si>
+    <t>XRN 4752</t>
+  </si>
+  <si>
+    <t>Meter Read Performance</t>
+  </si>
+  <si>
+    <t>15/03/2019</t>
+  </si>
+  <si>
     <t>XRN 4753</t>
   </si>
   <si>
     <t>CMS - Increase Information Provided in QCL Response File</t>
   </si>
   <si>
     <t>BU-UK</t>
   </si>
   <si>
     <t>Service Area 2 (Previous Dec 18 – Mar 21): Provide Query Management</t>
   </si>
   <si>
+    <t>XRN 4770</t>
+  </si>
+  <si>
+    <t>NDM Sample Data – Mod 0654 Delivery</t>
+  </si>
+  <si>
+    <t>22/02/2019</t>
+  </si>
+  <si>
     <t>XRN 4772</t>
   </si>
   <si>
     <t>Composite Weather Variable (CWV) Improvements</t>
   </si>
   <si>
-    <t xml:space="preserve">E.ON </t>
-[...1 lines deleted...]
-  <si>
     <t>27/06/2020</t>
   </si>
   <si>
+    <t>XRN 4803</t>
+  </si>
+  <si>
+    <t>Amend AQI validation/processing</t>
+  </si>
+  <si>
+    <t>XRN 4806</t>
+  </si>
+  <si>
+    <t>Additional data at National Level to support UIG Allocation validation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scottish Power </t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>XRN 4813</t>
+  </si>
+  <si>
+    <t>Migration of Xoserve Interfaces</t>
+  </si>
+  <si>
+    <t>29/04/2019</t>
+  </si>
+  <si>
+    <t>XRN 4810</t>
+  </si>
+  <si>
+    <t>Chat Bot Automated Gemini Assistant</t>
+  </si>
+  <si>
     <t>XRN 4273</t>
   </si>
   <si>
     <t>Introducing IHD (In-Home Display) Installed Status of Failed MOD reference 614</t>
   </si>
   <si>
     <t>EDF Energy</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>XRN 4534</t>
   </si>
   <si>
     <t>Amendment to RGMA Validation Rules for Meter Asset Installation Date</t>
   </si>
   <si>
     <t>Centrica</t>
   </si>
   <si>
     <t>XRN 4572</t>
   </si>
   <si>
     <t>Release 3 Detailed Design Delivery</t>
   </si>
   <si>
-    <t>N/A: Not applicable</t>
-[...1 lines deleted...]
-  <si>
     <t>XRN 4828</t>
   </si>
   <si>
     <t>Nov-19 Release Delivery</t>
   </si>
   <si>
+    <t>XRN 4833</t>
+  </si>
+  <si>
+    <t>Roll Out of Business Intelligence and Data Discovery Capability</t>
+  </si>
+  <si>
+    <t>07/05/2019</t>
+  </si>
+  <si>
+    <t>XRN 4453</t>
+  </si>
+  <si>
+    <t>Amendment to JOB / UPD Hierarchies to show ‘Irrelevant Datasets’ - Confirmation of File Format Changes and clarification on Version Control</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>XRN 4626</t>
+  </si>
+  <si>
+    <t>Provision of an alternative Consumer Enquiry Service (Mnumber) - PHASE TWO Non-Web Portal Implementation</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>XRN 4645</t>
+  </si>
+  <si>
+    <t>The rejection of incrementing reads submitted for an Isolated Supply Meter Point (RGMA flows)</t>
+  </si>
+  <si>
+    <t>29/10/2020</t>
+  </si>
+  <si>
     <t>XRN 4670</t>
   </si>
   <si>
     <t>Reject a replacement read, where the read provided is identical to that already held in UK Link for the same read date</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>XRN 4676</t>
   </si>
   <si>
     <t>Reconciliation issues with reads recorded between D-1 to D-5</t>
   </si>
   <si>
+    <t>XRN 4824</t>
+  </si>
+  <si>
+    <t>National Grid Transmission Daily Gemini Report</t>
+  </si>
+  <si>
+    <t>National Grid Transmission</t>
+  </si>
+  <si>
     <t>XRN 4454</t>
   </si>
   <si>
     <t>National Grid and Cadent Enduring Invoicing Arrangements</t>
   </si>
   <si>
-    <t>National Grid</t>
-[...1 lines deleted...]
-  <si>
     <t>02/02/2019</t>
   </si>
   <si>
     <t>Service Area 7 (Previous Dec 18 – Mar 21): NTS Capacity / LDZ Capacity / Commodity / Reconciliation / Ad-Hoc Adjustment and Energy Balancing Invoices</t>
   </si>
   <si>
+    <t>XRN 4686</t>
+  </si>
+  <si>
+    <t>Smart Metering Report</t>
+  </si>
+  <si>
+    <t>CNG</t>
+  </si>
+  <si>
+    <t>XRN 4851</t>
+  </si>
+  <si>
+    <t>Moving Market Participant Ownership from SPAA to UNC/DSC</t>
+  </si>
+  <si>
+    <t>28/02/2020</t>
+  </si>
+  <si>
+    <t>XRN 4853</t>
+  </si>
+  <si>
+    <t>Interim process to monitor &amp; manually load rejected reads into UK Link where the read was rejected for reason code MRE00458 only (UIG Recommendation 3.1 option 5)</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>XRN 4854</t>
+  </si>
+  <si>
+    <t>Transfer of NDM sampling obligations from Distribution Network Operators to the CDSP</t>
+  </si>
+  <si>
+    <t>Cadent</t>
+  </si>
+  <si>
+    <t>XRN 4860</t>
+  </si>
+  <si>
+    <t>National ‘Temporary’ UIG Monitoring (1)</t>
+  </si>
+  <si>
+    <t>XRN 4716</t>
+  </si>
+  <si>
+    <t>Increased Field Length – ‘Updated by’ data item</t>
+  </si>
+  <si>
+    <t>SGN</t>
+  </si>
+  <si>
     <t>XRN 4850</t>
   </si>
   <si>
     <t>Notification of Customer Contact Details to Transporters</t>
   </si>
   <si>
-    <t>Service Area 16: Provision of Supply Point Information Services and Other Services Required to be Provided Under Condition of the GT Licence</t>
+    <t>XRN 4852</t>
+  </si>
+  <si>
+    <t>Amendments to the DSC Change Management Procedures – aligning the procedures to the change process</t>
+  </si>
+  <si>
+    <t>XRN 4858</t>
+  </si>
+  <si>
+    <t>Service Description Table updates February 2019</t>
   </si>
   <si>
     <t>XRN 4865</t>
   </si>
   <si>
     <t>Amendment to Treatment and Reporting of CYCL Reads</t>
   </si>
   <si>
+    <t>XRN 4876</t>
+  </si>
+  <si>
+    <t>Changes to PARR reporting – provide further data to PAFA to aid analysis of performance reporting</t>
+  </si>
+  <si>
+    <t>Gemserv</t>
+  </si>
+  <si>
+    <t>02/06/2021</t>
+  </si>
+  <si>
     <t>XRN 4866</t>
   </si>
   <si>
     <t xml:space="preserve">Removal of validation on uncorrected read  (UIG Recommendation)</t>
   </si>
   <si>
+    <t>XRN 4869</t>
+  </si>
+  <si>
+    <t>DC Exit Programme</t>
+  </si>
+  <si>
+    <t>20/12/2022</t>
+  </si>
+  <si>
     <t>XRN 4871</t>
   </si>
   <si>
     <t>Modification 0665 - Changes To Ratchet Regime</t>
   </si>
   <si>
     <t>Gazprom Energy</t>
   </si>
   <si>
+    <t>XRN 4887</t>
+  </si>
+  <si>
+    <t>Service Description Table updates March 2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xoserve </t>
+  </si>
+  <si>
     <t>XRN 4888</t>
   </si>
   <si>
     <t>Removing Duplicate Address Update Validation for IGT Supply Meter Points via Contact Management Service (CMS)</t>
   </si>
   <si>
     <t>BU UK</t>
   </si>
   <si>
+    <t>XRN 4894</t>
+  </si>
+  <si>
+    <t>Shipperless and Unregistered Pre-Payment Supply Points Reconciliation</t>
+  </si>
+  <si>
+    <t>XRN 4542</t>
+  </si>
+  <si>
+    <t>Changes to the Shipper Portfolio Summary Report (new fields and removal of fields no longer applicable)</t>
+  </si>
+  <si>
+    <t>Gazprom</t>
+  </si>
+  <si>
     <t>XRN 4914</t>
   </si>
   <si>
     <t>MOD 0651- Retrospective Data Update Provisions</t>
   </si>
   <si>
-    <t>Cadent</t>
-[...1 lines deleted...]
-  <si>
     <t>XRN 4920</t>
   </si>
   <si>
     <t>Review of the CSSC (Central Switching Service Consequential Changes) Gemini Business Requirements Document</t>
   </si>
   <si>
     <t>18/07/2022</t>
   </si>
   <si>
     <t>XRN 4921</t>
   </si>
   <si>
     <t>Review of the CSSC (Central Switching Service Consequential Changes) GT and IGT Business Requirements Document</t>
   </si>
   <si>
     <t>XRN 4922</t>
   </si>
   <si>
     <t>Review of the CSSC (Central Switching Service Consequential Changes) Shipper Business Requirements Document</t>
   </si>
   <si>
     <t>XRN 4932</t>
   </si>
   <si>
     <t>Improvements to the quality of the Conversion Factor values held on the Supply Point Register (MOD0681S)</t>
   </si>
   <si>
     <t>XRN 4732</t>
   </si>
   <si>
     <t>June -19 Release Delivery</t>
   </si>
   <si>
     <t>XRN 4930</t>
   </si>
   <si>
     <t>Requirement to inform Shipper of Meter Link Code Change</t>
   </si>
   <si>
     <t>XRN 4941</t>
   </si>
   <si>
     <t>Auto updates to meter read frequency (MOD0692)</t>
   </si>
   <si>
     <t>Total Gas &amp; Power</t>
   </si>
   <si>
+    <t>XRN 4946</t>
+  </si>
+  <si>
+    <t>Reporting on Installed Meters with Conversion Capability</t>
+  </si>
+  <si>
+    <t>SSE</t>
+  </si>
+  <si>
+    <t>XRN 4955</t>
+  </si>
+  <si>
+    <t>Amendment of MDD PSR Needs Codes and Needs Code Descriptions</t>
+  </si>
+  <si>
+    <t>29/02/2020</t>
+  </si>
+  <si>
+    <t>XRN 4954</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 5</t>
+  </si>
+  <si>
+    <t>07/09/2019</t>
+  </si>
+  <si>
+    <t>XRN 4977</t>
+  </si>
+  <si>
+    <t>Amendments to DSC Change Management Guidelines</t>
+  </si>
+  <si>
+    <t>07/08/2019</t>
+  </si>
+  <si>
     <t>XRN 4978</t>
   </si>
   <si>
     <t xml:space="preserve"> Notification of Rolling AQ value (following transfer of ownership between M-5 and M)</t>
   </si>
   <si>
     <t>British Gas</t>
   </si>
   <si>
     <t>25/02/2023</t>
   </si>
   <si>
     <t>Service Area 1 (Current Apr 21): Manage Shipper Transfers</t>
   </si>
   <si>
+    <t>XRN 4980</t>
+  </si>
+  <si>
+    <t>Change Supply Point Enquiry API to add in extra field and make certain other fields visible</t>
+  </si>
+  <si>
+    <t>12/12/2020</t>
+  </si>
+  <si>
+    <t>XRN 4896</t>
+  </si>
+  <si>
+    <t>Failure to Supply Gas System and Template Amendment</t>
+  </si>
+  <si>
+    <t>14/08/2020</t>
+  </si>
+  <si>
+    <t>Service Area 4 (Previous Dec 18 – Mar 21): Interruption Auction Services in accordance with UNC</t>
+  </si>
+  <si>
+    <t>XRN 4923</t>
+  </si>
+  <si>
+    <t>AQ Calculation for RGMA (ONUPD) Estimate Reads</t>
+  </si>
+  <si>
     <t>XRN 4990</t>
   </si>
   <si>
     <t>Transfer of Sites with Low Read Submission Performance from Class 2 and 3 into Class 4 (MOD0664)</t>
   </si>
   <si>
-    <t>SSE</t>
+    <t>XRN 4991</t>
+  </si>
+  <si>
+    <t>Enabling large scale utilisation of Class 3 – MOD0700</t>
+  </si>
+  <si>
+    <t>28/09/2019</t>
   </si>
   <si>
     <t>XRN 4992</t>
   </si>
   <si>
     <t>Modification 0797 (Urgent) - Last Resort Supply Payments Volumetric Charges</t>
   </si>
   <si>
-    <t>Total Gas and Power</t>
+    <t>XRN 4993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSC Service Description Table cosmetic change to service line table  as of April  2019</t>
+  </si>
+  <si>
+    <t>XRN 4994</t>
+  </si>
+  <si>
+    <t>PAFA Contract Extension 2019/20</t>
+  </si>
+  <si>
+    <t>XRN 4995</t>
+  </si>
+  <si>
+    <t>Procurement of a Laboratory Study of within-pipe gas temperatures</t>
   </si>
   <si>
     <t>XRN 4996</t>
   </si>
   <si>
     <t>June 2020 Release Delivery</t>
   </si>
   <si>
     <t>N/A - Parent XRN</t>
   </si>
   <si>
+    <t>XRN 5003</t>
+  </si>
+  <si>
+    <t>Data Access Platform DN Dashboard</t>
+  </si>
+  <si>
+    <t>Northern Gas Networks</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>XRN 5004</t>
+  </si>
+  <si>
+    <t>Golden Bullet Report</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wales &amp; West Utilities </t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>XRN 4997</t>
+  </si>
+  <si>
+    <t>Introducing new charge codes for GSoP3, GSoP13 and GT Voluntary Consumer Payments</t>
+  </si>
+  <si>
+    <t>Service Area 21: Data Flows and Services to Network Operators</t>
+  </si>
+  <si>
     <t>XRN 4627</t>
   </si>
   <si>
     <t>CSS Consequential Central Switching Services</t>
   </si>
   <si>
     <t xml:space="preserve">Ofgem </t>
   </si>
   <si>
+    <t>XRN 5027</t>
+  </si>
+  <si>
+    <t>UK Link Data Cleanse of Conversion Factor in line with MOD0681S</t>
+  </si>
+  <si>
+    <t>XRN 5029</t>
+  </si>
+  <si>
+    <t>Service Description Table updates October 2019</t>
+  </si>
+  <si>
+    <t>24/10/2019</t>
+  </si>
+  <si>
     <t>XRN 4897</t>
   </si>
   <si>
     <t>Resolution of deleted Contact Details (contained within the S66 records) at a Change of Shipper event</t>
   </si>
   <si>
     <t>XRN 4899</t>
   </si>
   <si>
     <t>Treatment of Priority Service Register Data and Contact Details on a Change of Supplier Event</t>
   </si>
   <si>
+    <t>XRN 5013</t>
+  </si>
+  <si>
+    <t>Performance Assurance Framework Administrator Access to Data Discovery Platform</t>
+  </si>
+  <si>
+    <t>31/01/2020</t>
+  </si>
+  <si>
+    <t>XRN 5033</t>
+  </si>
+  <si>
+    <t>Addition of low-level data to EUC Report</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>XRN 5036</t>
+  </si>
+  <si>
+    <t>Updates to must read process</t>
+  </si>
+  <si>
+    <t>Cadent Gas</t>
+  </si>
+  <si>
+    <t>04/07/2020</t>
+  </si>
+  <si>
+    <t>XRN 5038</t>
+  </si>
+  <si>
+    <t>Convert Class 2, 3 or 4 meter points to Class 1 when G1.6.15 criteria are met (MOD 0691)</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>XRN 5053</t>
+  </si>
+  <si>
+    <t>Single Sided Nominations Improvements</t>
+  </si>
+  <si>
+    <t>05/04/2020</t>
+  </si>
+  <si>
+    <t>XRN 5054</t>
+  </si>
+  <si>
+    <t>Negative Implied Flow Rates</t>
+  </si>
+  <si>
+    <t>XRN 5057</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 6</t>
+  </si>
+  <si>
+    <t>CDSP</t>
+  </si>
+  <si>
+    <t>XRN 5064</t>
+  </si>
+  <si>
+    <t>Meter Asset Enquiry API Enhancements</t>
+  </si>
+  <si>
+    <t>28/03/2020</t>
+  </si>
+  <si>
+    <t>XRN 5065</t>
+  </si>
+  <si>
+    <t>Addition of Email Address to DES Last Accessed Report</t>
+  </si>
+  <si>
+    <t>Scottish Power</t>
+  </si>
+  <si>
     <t>XRN 5014</t>
   </si>
   <si>
     <t>Facilitating HyDeploy2 Live Pilot</t>
   </si>
   <si>
     <t>Northern Gas Network</t>
   </si>
   <si>
+    <t>XRN 5048</t>
+  </si>
+  <si>
+    <t>Make an indicator available where a Supply Meter Point form part of a Network Trial</t>
+  </si>
+  <si>
+    <t>XRN 5070</t>
+  </si>
+  <si>
+    <t>Amendment to Isolation Flag</t>
+  </si>
+  <si>
     <t>XRN 5072</t>
   </si>
   <si>
     <t>Application and derivation of TTZ indicator and calculation of volume and energy – all classes</t>
   </si>
   <si>
-    <t>Service Area 3 (Previous Dec 18 – Mar 21): Record/submit Data in Compliance with UNC</t>
+    <t>XRN 5080</t>
+  </si>
+  <si>
+    <t>Failure to Supply Gas (FSG/GSOP1) – System Changes</t>
+  </si>
+  <si>
+    <t>Scotland and Southern Gas Networks SGN</t>
+  </si>
+  <si>
+    <t>20/03/2021</t>
   </si>
   <si>
     <t>XRN 5091</t>
   </si>
   <si>
     <t>Deferral of creation of Class change reads at transfer of ownership</t>
   </si>
   <si>
     <t xml:space="preserve">EDF </t>
   </si>
   <si>
     <t>24/06/2023</t>
   </si>
   <si>
     <t>Service Area 4 (Current Apr 21): Meter Read/Asset processing</t>
   </si>
   <si>
+    <t>XRN 5092</t>
+  </si>
+  <si>
+    <t>iConversion Phase 2</t>
+  </si>
+  <si>
+    <t>National Grid - Gas</t>
+  </si>
+  <si>
+    <t>22/08/2020</t>
+  </si>
+  <si>
     <t>XRN 5093</t>
   </si>
   <si>
     <t>Update of AUG Table to reflect new EUC bands</t>
   </si>
   <si>
-    <t>Gazprom</t>
-[...1 lines deleted...]
-  <si>
     <t>25/06/2021</t>
   </si>
   <si>
+    <t>XRN 5097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSC Service Description Table cosmetic change to service line table  v9</t>
+  </si>
+  <si>
+    <t>CDSP - Xoserve</t>
+  </si>
+  <si>
     <t>XRN 5110</t>
   </si>
   <si>
     <t>November 20 Release Delivery</t>
   </si>
   <si>
+    <t>XRN 5120</t>
+  </si>
+  <si>
+    <t>MAP to UKL Monthly Comparison Service</t>
+  </si>
+  <si>
+    <t>XRN 5116</t>
+  </si>
+  <si>
+    <t>Domestic Report - Must Read Prenotification</t>
+  </si>
+  <si>
+    <t>XRN 5121</t>
+  </si>
+  <si>
+    <t>Supplier Portfolio Service</t>
+  </si>
+  <si>
+    <t>XRN 5122</t>
+  </si>
+  <si>
+    <t>Gemini System Enhancements - Delivery</t>
+  </si>
+  <si>
+    <t>25/07/2021</t>
+  </si>
+  <si>
+    <t>XRN 5123</t>
+  </si>
+  <si>
+    <t>DSC Service Description Table cosmetic change to Service Line Table</t>
+  </si>
+  <si>
+    <t>23/03/2020</t>
+  </si>
+  <si>
     <t>XRN 5142</t>
   </si>
   <si>
     <t>New Allowable Values for DCC Service Flag in DXI File From DCC</t>
   </si>
   <si>
-    <t>Northern Gas Networks</t>
-[...1 lines deleted...]
-  <si>
     <t>05/11/2021</t>
   </si>
   <si>
+    <t>XRN 5143</t>
+  </si>
+  <si>
+    <t>Discharge of Cadent, WWU and NGN NDM sampling obligations by the CDSP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadent Gas </t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>TBC: To be confirmed</t>
+  </si>
+  <si>
+    <t>XRN 5145</t>
+  </si>
+  <si>
+    <t>DSC Service Description Table cosmetic change to Service Line Table v11</t>
+  </si>
+  <si>
+    <t>14/10/2020</t>
+  </si>
+  <si>
+    <t>XRN 5144</t>
+  </si>
+  <si>
+    <t>Enabling Re-assignment of Supplier Short Codes to Implement Supplier of Last Resort Directions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDSP </t>
+  </si>
+  <si>
+    <t>XRN 5146</t>
+  </si>
+  <si>
+    <t>Data Cleanse of NExA information within UK Link and the Data Enquiry Service (DES)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Gas </t>
+  </si>
+  <si>
+    <t>15/02/2021</t>
+  </si>
+  <si>
+    <t>Service Area 11 (Previous Dec 18 – Mar 21): NExA Supply Meter Points</t>
+  </si>
+  <si>
+    <t>XRN 5147</t>
+  </si>
+  <si>
+    <t>Optimising the Must Read process for IGT Customers</t>
+  </si>
+  <si>
+    <t>BUUK</t>
+  </si>
+  <si>
+    <t>XRN 5156</t>
+  </si>
+  <si>
+    <t>REC121 Report Amendment</t>
+  </si>
+  <si>
+    <t>NGN - Northern Gas Networks</t>
+  </si>
+  <si>
+    <t>24/04/2020</t>
+  </si>
+  <si>
+    <t>XRN 5161</t>
+  </si>
+  <si>
+    <t>UIG_Additional_National_Data_YYYYMM Frequency Change</t>
+  </si>
+  <si>
+    <t>Inspired Energy</t>
+  </si>
+  <si>
+    <t>22/05/2020</t>
+  </si>
+  <si>
+    <t>XRN 4931</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Submission of a Space in Mandatory Data on Multiple SPA Files</t>
+  </si>
+  <si>
+    <t>XRN 5167</t>
+  </si>
+  <si>
+    <t>Report Product Class 4 Read Performance (MOD 672)</t>
+  </si>
+  <si>
+    <t>28/08/2020</t>
+  </si>
+  <si>
+    <t>XRN 5164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSEP Data Assurance  Performance Monitoring Capability</t>
+  </si>
+  <si>
+    <t>09/10/2020</t>
+  </si>
+  <si>
+    <t>XRN 5168</t>
+  </si>
+  <si>
+    <t>MOD0721 (Urgent) - Shipper submitted AQ Corrections during COVID-19</t>
+  </si>
+  <si>
+    <t>Gaz Prom</t>
+  </si>
+  <si>
+    <t>XRN 5169</t>
+  </si>
+  <si>
+    <t>UNMOD0722 (Urgent): Allow Users to submit Estimated Meter Reading during COVID-19</t>
+  </si>
+  <si>
+    <t>12/05/2020</t>
+  </si>
+  <si>
+    <t>XRN 5170</t>
+  </si>
+  <si>
+    <t>MOD0723 (Urgent): Use of the Isolation Flag to identify sites with abnormal load reduction during COVID-19 period</t>
+  </si>
+  <si>
+    <t>XRN 5171</t>
+  </si>
+  <si>
+    <t>MOD0724 (Urgent): Amendment to Ratchet charges during COVID-19 period</t>
+  </si>
+  <si>
+    <t>XRN 5172</t>
+  </si>
+  <si>
+    <t>Urgent Mod - Ability to Reflect the Correct Customer Network Use and System Offtake Quantity (SOQ) During COVID-19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gazprom </t>
+  </si>
+  <si>
     <t>XRN 5186</t>
   </si>
   <si>
     <t>Modification 0701: Aligning Capacity booking under the UNC and arrangements set out in relevant NExAs</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
     <t>04/11/2023</t>
   </si>
   <si>
     <t>Service Area 3 (Current Apr 21): Manage updates to customer portfolio</t>
   </si>
   <si>
     <t>XRN 5187</t>
   </si>
   <si>
     <t>Modification 0696 - Addressing inequities between Capacity booking under the UNC and arrangements set out in relevant NExAs</t>
   </si>
   <si>
-    <t>Service Area 11 (Previous Dec 18 – Mar 21): NExA Supply Meter Points</t>
+    <t>XRN 4989</t>
+  </si>
+  <si>
+    <t>Online end to End Credit Interest process - Defect 1063</t>
+  </si>
+  <si>
+    <t>20/11/2020</t>
+  </si>
+  <si>
+    <t>XRN 5188</t>
+  </si>
+  <si>
+    <t>Interim Data Loads of MAP Id into UK Link</t>
+  </si>
+  <si>
+    <t>04/09/2021</t>
   </si>
   <si>
     <t>XRN 5007</t>
   </si>
   <si>
     <t>Correction in the reconciliation process when volume is zero</t>
   </si>
   <si>
+    <t>XRN 5192</t>
+  </si>
+  <si>
+    <t>CMS Reference Number in Amendment Invoice Supporting Data</t>
+  </si>
+  <si>
+    <t>N Power</t>
+  </si>
+  <si>
+    <t>XRN 5193</t>
+  </si>
+  <si>
+    <t>Stop MUR Generation of GT SMPs</t>
+  </si>
+  <si>
+    <t>XRN 5195</t>
+  </si>
+  <si>
+    <t>Ceased Responsibility Date Following Shipper Withdrawal (IDL)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indigo Pipelines </t>
+  </si>
+  <si>
+    <t>XRN 5196</t>
+  </si>
+  <si>
+    <t>Address Amendments Validation</t>
+  </si>
+  <si>
+    <t>XRN 5197</t>
+  </si>
+  <si>
+    <t>QMP File Validation in CMS – Current Address field</t>
+  </si>
+  <si>
+    <t>Indigo Pipelines</t>
+  </si>
+  <si>
+    <t>XRN 5199</t>
+  </si>
+  <si>
+    <t>Amendments to V12 of the SDT Service Description Table</t>
+  </si>
+  <si>
+    <t>31/07/2020</t>
+  </si>
+  <si>
+    <t>XRN 5200</t>
+  </si>
+  <si>
+    <t>Shipper Pack Transition to Data Discovery Platform</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>XRN 5206</t>
+  </si>
+  <si>
+    <t>TPI/PCW Access</t>
+  </si>
+  <si>
+    <t>ENGIE</t>
+  </si>
+  <si>
+    <t>15/01/2021</t>
+  </si>
+  <si>
+    <t>Service Area 24: Additional Service Request or Third Party Request</t>
+  </si>
+  <si>
+    <t>XRN 5153</t>
+  </si>
+  <si>
+    <t>07/08/2020</t>
+  </si>
+  <si>
+    <t>XRN 5209</t>
+  </si>
+  <si>
+    <t>Amendments to the CDSP Service Document - Budget &amp; Charging Methodology v4</t>
+  </si>
+  <si>
+    <t>XRN 5135</t>
+  </si>
+  <si>
+    <t>DNO and NTS Invoices to Shippers and DNs VAT compliance</t>
+  </si>
+  <si>
     <t>XRN 5180</t>
   </si>
   <si>
     <t>Inner Tolerance Validation for replacement reads and read insertions</t>
   </si>
   <si>
-    <t>CDSP</t>
+    <t>XRN 5218</t>
+  </si>
+  <si>
+    <t>CDSP provision of Class 1 read service</t>
+  </si>
+  <si>
+    <t>Wales and West Utilities</t>
+  </si>
+  <si>
+    <t>XRN 5181</t>
+  </si>
+  <si>
+    <t>Acceptance of Consumption Adjustment where meter removed after meter point set to Dead</t>
+  </si>
+  <si>
+    <t>21/11/2020</t>
+  </si>
+  <si>
+    <t>XRN 5183</t>
+  </si>
+  <si>
+    <t>Access to Daily Biomethane Injections</t>
+  </si>
+  <si>
+    <t>Inspired Energy PLC</t>
+  </si>
+  <si>
+    <t>09/11/2021</t>
+  </si>
+  <si>
+    <t>XRN 5225</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 8</t>
+  </si>
+  <si>
+    <t>XRN 5231</t>
+  </si>
+  <si>
+    <t>Provision of a FWACV Service</t>
+  </si>
+  <si>
+    <t>27/08/2022</t>
+  </si>
+  <si>
+    <t>XRN 5118</t>
+  </si>
+  <si>
+    <t>Change to how ‘Actual MR date’ field is populated in UK Link</t>
+  </si>
+  <si>
+    <t>XRN 5174</t>
+  </si>
+  <si>
+    <t>Agreed FINT Replacement Reads Incorrectly Triggering Rolling AQ Calculation</t>
+  </si>
+  <si>
+    <t>XRN 5152</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 7</t>
+  </si>
+  <si>
+    <t>XRN 5210</t>
+  </si>
+  <si>
+    <t>Daily CV Determination Interim Service: DN Invoicing Options</t>
+  </si>
+  <si>
+    <t>National Grid Gas</t>
+  </si>
+  <si>
+    <t>XRN 5237</t>
+  </si>
+  <si>
+    <t>Maintenance of a User relationship table for the purpose of AQ amendments (Modification 0736)</t>
+  </si>
+  <si>
+    <t>14/01/2021</t>
+  </si>
+  <si>
+    <t>XRN 5235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Request for access to SOQ data &amp; capacity figures which influence transportation charges. </t>
+  </si>
+  <si>
+    <t>17/12/2021</t>
+  </si>
+  <si>
+    <t>XRN 5236</t>
+  </si>
+  <si>
+    <t>Reporting Valid Confirmed Theft of Gas into Central Systems (Modification 0734)</t>
+  </si>
+  <si>
+    <t>XRN 5238</t>
+  </si>
+  <si>
+    <t>New Distribution Network Report – Forecast Invoice Values</t>
+  </si>
+  <si>
+    <t>XRN 5244</t>
+  </si>
+  <si>
+    <t>Shared IGT Deeds of Undertaking and CDSP Administration</t>
+  </si>
+  <si>
+    <t>XRN 5246</t>
+  </si>
+  <si>
+    <t>Confirmation File (.CNF) Processing Capacity Improvement</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5203 </t>
+  </si>
+  <si>
+    <t>Perspective Supply Metering Point AQ and EUC</t>
+  </si>
+  <si>
+    <t>XRN 5252</t>
+  </si>
+  <si>
+    <t>Amending the Formula Year AQ approach for 2021/2 Formula Year (Urgent MOD 0740)</t>
+  </si>
+  <si>
+    <t>EON</t>
+  </si>
+  <si>
+    <t>XRN 5251</t>
+  </si>
+  <si>
+    <t>Gemini Exit Zone Change</t>
+  </si>
+  <si>
+    <t>26/09/2021</t>
   </si>
   <si>
     <t>XRN 5253</t>
   </si>
   <si>
     <t>June 21 Release</t>
   </si>
   <si>
+    <t>XRN 5273</t>
+  </si>
+  <si>
+    <t>Amendments to V14 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>18/11/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5285 </t>
+  </si>
+  <si>
+    <t>COVID-19 Capacity Retention Process (Mod 0730V)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5286 </t>
+  </si>
+  <si>
+    <t>Clarificatory change to the AQ amendment process to be applied retrospectively (Modification 0746)</t>
+  </si>
+  <si>
+    <t>XRN 5294</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 9</t>
+  </si>
+  <si>
     <t>XRN 5289</t>
   </si>
   <si>
     <t xml:space="preserve">November 21 Major Release </t>
   </si>
   <si>
+    <t>XRN 5290</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNC Bulk Network Report </t>
+  </si>
+  <si>
+    <t>XRN 5307</t>
+  </si>
+  <si>
+    <t>Amendments to V15 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>20/01/2021</t>
+  </si>
+  <si>
     <t>XRN 5298</t>
   </si>
   <si>
     <t>H100 Fife Project - Phase 1 (Initial Assessment)</t>
   </si>
   <si>
     <t xml:space="preserve">SGN </t>
   </si>
   <si>
+    <t>XRN 5299</t>
+  </si>
+  <si>
+    <t>Future Billing Methodology (analysis only)</t>
+  </si>
+  <si>
+    <t>XRN 5309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FSG - Automating the FSR ‘Standard Liability’ process   </t>
+  </si>
+  <si>
+    <t>XRN 5318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assessing Supplier MPID Reassignment </t>
+  </si>
+  <si>
+    <t>08/12/2021</t>
+  </si>
+  <si>
+    <t>XRN 5319</t>
+  </si>
+  <si>
+    <t>Assessing MPID Reassignment for All Party Types</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5321 </t>
+  </si>
+  <si>
+    <t>PAC Ring-Fenced DSC Change Budget 21/22</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>XRN 5327</t>
+  </si>
+  <si>
+    <t>Xoserve Change Fund 2021/22</t>
+  </si>
+  <si>
+    <t>XRN 5329</t>
+  </si>
+  <si>
+    <t>Amendments to V16 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>XRN 5343</t>
+  </si>
+  <si>
+    <t>CMS Rebuild</t>
+  </si>
+  <si>
+    <t>XRN 5345</t>
+  </si>
+  <si>
+    <t>Deferral of creation of Class change reads for DM to NDM and NDM to DM sites at transfer of ownership</t>
+  </si>
+  <si>
+    <t>XRN 5341</t>
+  </si>
+  <si>
+    <t>UNC745 - Mandatory Setting of Auction Bid Parameters</t>
+  </si>
+  <si>
+    <t>19/09/2021</t>
+  </si>
+  <si>
+    <t>Service Area 14 (Current Apr 21): Gemini Services</t>
+  </si>
+  <si>
+    <t>XRN 5352</t>
+  </si>
+  <si>
+    <t>Development of the REC Performance Assurance reporting structure</t>
+  </si>
+  <si>
+    <t>RECCo</t>
+  </si>
+  <si>
+    <t>XRN 5362</t>
+  </si>
+  <si>
+    <t>Amendments to Service Description Table V17</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>XRN 5365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Request impact assessment on aligning Major Releases to the REC Release Schedule (Thursday release and 3 Major Releases per year) </t>
+  </si>
+  <si>
+    <t>XRN 5368</t>
+  </si>
+  <si>
+    <t>Gemini Change Programme - Sustain</t>
+  </si>
+  <si>
+    <t>National Gas Transmission</t>
+  </si>
+  <si>
+    <t>29/05/2022</t>
+  </si>
+  <si>
+    <t>XRN 5377</t>
+  </si>
+  <si>
+    <t>Addition of ‘Class’ field to supply point data reports</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
+  </si>
+  <si>
+    <t>Service Area 9 (Current Apr 21): Customer Reporting (all forms)</t>
+  </si>
+  <si>
+    <t>XRN 5379</t>
+  </si>
+  <si>
+    <t>Class 1 Read Service Procurement Exercise - MOD 0710</t>
+  </si>
+  <si>
+    <t>25/03/2023</t>
+  </si>
+  <si>
+    <t>XRN 5380</t>
+  </si>
+  <si>
+    <t>Introduction of a Micro Business identifier in Central Systems (Mod 0733)</t>
+  </si>
+  <si>
+    <t>XRN 5381</t>
+  </si>
+  <si>
+    <t>Amendments to Service Description Table V18</t>
+  </si>
+  <si>
+    <t>21/07/2021</t>
+  </si>
+  <si>
+    <t>XRN 5382</t>
+  </si>
+  <si>
+    <t>FWACV: PRCMS validation/processing - analysis v1.0</t>
+  </si>
+  <si>
+    <t>XRN 5383</t>
+  </si>
+  <si>
+    <t>LDZ Stock Change and Embedded LDZ Unique Sites - new service</t>
+  </si>
+  <si>
     <t>XRN 4900</t>
   </si>
   <si>
     <t>Biomethane Sites with Reduced Propane Injection</t>
   </si>
   <si>
     <t xml:space="preserve">Scotland and Southern Gas Networks (SGN) </t>
   </si>
   <si>
+    <t>XRN 5393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of NTS Capacity related UNC Modifications 0752S, 0759S &amp; 0755S </t>
+  </si>
+  <si>
+    <t>24/04/2022</t>
+  </si>
+  <si>
+    <t>XRN 5402</t>
+  </si>
+  <si>
+    <t>Request impact assessment on proposed REC Change Management Impact Assessment</t>
+  </si>
+  <si>
+    <t>XRN 5371</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 10</t>
+  </si>
+  <si>
+    <t>XRN 5419</t>
+  </si>
+  <si>
+    <t>Amendments the DSC Service Description Table to support REC</t>
+  </si>
+  <si>
+    <t>20/10/2021</t>
+  </si>
+  <si>
+    <t>XRN 5431</t>
+  </si>
+  <si>
+    <t>Temporary community access to pre-COVID AQ values for Shippers</t>
+  </si>
+  <si>
+    <t>02/11/2021</t>
+  </si>
+  <si>
+    <t>XRN 5443</t>
+  </si>
+  <si>
+    <t>Urgent Modification 0788 - Minimising the market impacts of ‘Supplier Undertaking’ operation</t>
+  </si>
+  <si>
+    <t>National Grid NTS</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>XRN 5450</t>
+  </si>
+  <si>
+    <t>Demand tool to support Urgent Modification 0788 - Minimising the market impacts of ‘Supplier Undertaking’ operation</t>
+  </si>
+  <si>
+    <t>18/02/2022</t>
+  </si>
+  <si>
+    <t>XRN 5452</t>
+  </si>
+  <si>
+    <t>Amendments to v20 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>XRN 5453</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSOS 2, 3 &amp; 13 Payment Automation </t>
+  </si>
+  <si>
+    <t>XRN 5458</t>
+  </si>
+  <si>
+    <t>Urgent Modification 0791 - Contingency Gas Procurement Arrangements when a Supplier acts under a Deed of Undertaking</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>Service Area 8 (Current Apr 21): Energy Balancing (Credit Risk Management)</t>
+  </si>
+  <si>
+    <t>XRN 5454</t>
+  </si>
+  <si>
+    <t>Supplier of Last Resort (SoLR) Reporting Suite CP</t>
+  </si>
+  <si>
+    <t>EDF</t>
+  </si>
+  <si>
+    <t>XRN 5463</t>
+  </si>
+  <si>
+    <t>Technical Debt reduction- Prime and Sub process enhancement</t>
+  </si>
+  <si>
+    <t>16/09/2022</t>
+  </si>
+  <si>
+    <t>XRN 5464</t>
+  </si>
+  <si>
+    <t>Technical Debt reduction – Enhancement to asset exchange process for Class 1 and 2 Meter Points</t>
+  </si>
+  <si>
+    <t>XRN 5470</t>
+  </si>
+  <si>
+    <t>New Service Line for SDT v21</t>
+  </si>
+  <si>
+    <t>16/02/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5471 </t>
+  </si>
+  <si>
+    <t>Services to release data to UNC parties</t>
+  </si>
+  <si>
+    <t>On Hold</t>
+  </si>
+  <si>
+    <t>XRN 5472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Creation of a UK Link API to consume daily weather data for Demand Estimation processes </t>
+  </si>
+  <si>
+    <t>Service Area 5 (Current Apr 21): Demand Estimation obligations</t>
+  </si>
+  <si>
+    <t>XRN 5473</t>
+  </si>
+  <si>
+    <t>Meter Asset Detail Proactive Monitoring Service</t>
+  </si>
+  <si>
+    <t>Current</t>
+  </si>
+  <si>
     <t xml:space="preserve">XRN 5482 </t>
   </si>
   <si>
     <t>Replacement of reads associated to a meter asset technical details change or update (RGMA)</t>
   </si>
   <si>
-    <t xml:space="preserve">Scottish Power </t>
+    <t xml:space="preserve">XRN 5484 </t>
+  </si>
+  <si>
+    <t>New Service Line for SDT v22</t>
+  </si>
+  <si>
+    <t>16/03/2022</t>
+  </si>
+  <si>
+    <t>XRN 5485</t>
+  </si>
+  <si>
+    <t>Resource to support the Retail Energy Code (REC)</t>
+  </si>
+  <si>
+    <t>15/08/2022</t>
+  </si>
+  <si>
+    <t>XRN 5495</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Changes to Third Party and Additional Service Policy </t>
+  </si>
+  <si>
+    <t>20/04/2022</t>
+  </si>
+  <si>
+    <t>XRN 5496</t>
+  </si>
+  <si>
+    <t>Change to Service Description Table</t>
+  </si>
+  <si>
+    <t>XRN 5469</t>
+  </si>
+  <si>
+    <t>Increasing the Frequency of FSG Payments</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>Service Area 10 (Current Apr 21): Invoicing Customers</t>
+  </si>
+  <si>
+    <t>XRN 5505</t>
+  </si>
+  <si>
+    <t>Amendments to v24 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>15/06/2022</t>
+  </si>
+  <si>
+    <t>XRN 5515</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydeploy close down </t>
+  </si>
+  <si>
+    <t>Northern Gas</t>
+  </si>
+  <si>
+    <t>XRN 5517</t>
+  </si>
+  <si>
+    <t>Hydrogen checker website</t>
+  </si>
+  <si>
+    <t>XRN 5455</t>
+  </si>
+  <si>
+    <t>Implementation of Entry Capacity Assignments Process (UNC0779/779A)</t>
+  </si>
+  <si>
+    <t>XRN 5316</t>
+  </si>
+  <si>
+    <t>Rejecting a replacement read with a pre-Line in the Sand (LIS) read date</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>XRN 5529</t>
+  </si>
+  <si>
+    <t>UNC Derogation process – MOD 0800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Gas Networks </t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>XRN 5531</t>
+  </si>
+  <si>
+    <t>Hydrogen Village Trial</t>
+  </si>
+  <si>
+    <t>XRN 5532</t>
+  </si>
+  <si>
+    <t>Hydrogen Town Trial</t>
+  </si>
+  <si>
+    <t>XRN 5535A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Processing of CSS Switch Requests Received in ‘Time Period 5’ </t>
+  </si>
+  <si>
+    <t>06/03/2023</t>
+  </si>
+  <si>
+    <t>XRN 5541</t>
+  </si>
+  <si>
+    <t>Amendment to the UIG Additional National Data Reporting</t>
+  </si>
+  <si>
+    <t>23/12/2022</t>
+  </si>
+  <si>
+    <t>XRN 5545</t>
+  </si>
+  <si>
+    <t>Hydrogen Trial Visualisation Dashboard</t>
   </si>
   <si>
     <t>XRN 5533</t>
   </si>
   <si>
     <t>February 23 Major Release</t>
   </si>
   <si>
     <t>24/02/2023</t>
   </si>
   <si>
+    <t>XRN 5546</t>
+  </si>
+  <si>
+    <t>Resolution of Address Interactions between DCC and CDSP</t>
+  </si>
+  <si>
+    <t>XRN 5547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Updating the Comprehensive Invoice Master List and INV template </t>
+  </si>
+  <si>
+    <t>Eon</t>
+  </si>
+  <si>
+    <t>XRN 5554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allocation of Unidentified Gas Expert (AUGE) Management – Independent Review </t>
+  </si>
+  <si>
+    <t>XRN 5555</t>
+  </si>
+  <si>
+    <t>Amend existing Large Load Site Reporting</t>
+  </si>
+  <si>
+    <t>Scotia Gas Networks</t>
+  </si>
+  <si>
+    <t>10/02/2023</t>
+  </si>
+  <si>
+    <t>XRN 5556</t>
+  </si>
+  <si>
+    <t>CMS Rebuild parent XRN</t>
+  </si>
+  <si>
+    <t>27/04/2024</t>
+  </si>
+  <si>
+    <t>XRN 5556A</t>
+  </si>
+  <si>
+    <t>New CMS Version 1</t>
+  </si>
+  <si>
+    <t>26/10/2022</t>
+  </si>
+  <si>
+    <t>XRN 5561</t>
+  </si>
+  <si>
+    <t>Reform of Gas Demand Side Response (DSR) Arrangements (Modification 0822)</t>
+  </si>
+  <si>
+    <t>17/10/2022</t>
+  </si>
+  <si>
     <t>XRN 5562</t>
   </si>
   <si>
     <t xml:space="preserve">June 23 Major Release </t>
   </si>
   <si>
+    <t>XRN 5556B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New CMS - Version 1.1 </t>
+  </si>
+  <si>
+    <t>12/12/2022</t>
+  </si>
+  <si>
+    <t>XRN 5564</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemini Sustain Plus Programme </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Gas Transmission </t>
+  </si>
+  <si>
+    <t>23/03/2025</t>
+  </si>
+  <si>
+    <t>XRN 5565</t>
+  </si>
+  <si>
+    <t>Appointment of CDSP as the Scheme Administrator for the Energy Price Guarantee (EPG) for Domestic Gas Consumers (Gas) (UNC0824)</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>XRN 5566</t>
+  </si>
+  <si>
+    <t>Amendments to v25 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>19/10/2022</t>
+  </si>
+  <si>
+    <t>XRN 5567</t>
+  </si>
+  <si>
+    <t>Implementation of Resend Functionality for Messages from CSS to GRDA (REC CP R0067)</t>
+  </si>
+  <si>
+    <t>09/12/2023</t>
+  </si>
+  <si>
+    <t>XRN 5569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact Data Provision for IGT Customers </t>
+  </si>
+  <si>
+    <t>Brookfield Utilities UK</t>
+  </si>
+  <si>
     <t>XRN 5573</t>
   </si>
   <si>
     <t>Updates to the Priority Consumer process (as designated by the Secretary of State for Business, Energy, and Industrial Strategy - BEIS) - Urgent</t>
   </si>
   <si>
     <t>Implemented, Current</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
+    <t>XRN 5556C</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version 1.2</t>
+  </si>
+  <si>
+    <t>06/11/2023</t>
+  </si>
+  <si>
+    <t>XRN 5575</t>
+  </si>
+  <si>
+    <t>March 23 Adhoc Release</t>
+  </si>
+  <si>
+    <t>XRN 5581</t>
+  </si>
+  <si>
+    <t>Amendments to v26 of the Service Description Table</t>
+  </si>
+  <si>
+    <t>16/11/2022</t>
+  </si>
+  <si>
+    <t>XRN 5584</t>
+  </si>
+  <si>
+    <t>Procurement of Climate Change Methodology for Demand Estimation Purposes</t>
+  </si>
+  <si>
     <t>XRN 5585</t>
   </si>
   <si>
     <t>Flow Weighted Average Calorific Value - Phase 2 Service Improvements</t>
   </si>
   <si>
     <t>12/11/2024</t>
   </si>
   <si>
+    <t>XRN 5597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amendments to v27 of the Service Description Table </t>
+  </si>
+  <si>
+    <t>14/12/2022</t>
+  </si>
+  <si>
+    <t>XRN 5579</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regulatory Change FY22 </t>
+  </si>
+  <si>
+    <t>19/03/2023</t>
+  </si>
+  <si>
     <t>XRN 5595</t>
   </si>
   <si>
     <t>Changes to the REC Switching Operator Outage Notification Lead Time (R0055)</t>
   </si>
   <si>
+    <t>XRN 5602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Releasing of unused capacity under a specific set of circumstances (Modification 0818) </t>
+  </si>
+  <si>
     <t>XRN 5604</t>
   </si>
   <si>
     <t xml:space="preserve">Shipper Agreed Read (SAR) exceptions process (Modification 0811S) </t>
   </si>
   <si>
     <t>SEFE</t>
   </si>
   <si>
     <t>24/02/2024</t>
   </si>
   <si>
     <t>XRN 5605</t>
   </si>
   <si>
     <t xml:space="preserve">Amendments to the must read process (IGT159V) </t>
   </si>
   <si>
+    <t>XRN 5606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revision of Virtual Last Resort User and  Contingent Procurement of Supplier Demand Event Triggers (Modification 0813)</t>
+  </si>
+  <si>
     <t>XRN 5607</t>
   </si>
   <si>
     <t>Update to the AQ correction processes (Modification 0816S)</t>
   </si>
   <si>
-    <t>EON</t>
-[...1 lines deleted...]
-  <si>
     <t>Service Area 2 (Current Apr 21): Monthly AQ Processes</t>
   </si>
   <si>
+    <t>XRN 5556D</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version 1.3</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>XRN 5610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Service Lines to support the FWACV Service </t>
+  </si>
+  <si>
     <t>XRN 5614</t>
   </si>
   <si>
     <t>Improving IGT SMP New Connection Process to support accurate and timely Supplier Registrations</t>
   </si>
   <si>
-    <t>BUUK</t>
-[...1 lines deleted...]
-  <si>
     <t>28/02/2025</t>
   </si>
   <si>
+    <t>XRN 5616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSEP Annual Quantity Capacity Management  </t>
+  </si>
+  <si>
+    <t>WWU</t>
+  </si>
+  <si>
+    <t>XRN 5579A</t>
+  </si>
+  <si>
+    <t>Long-Term Flow Swap Automation</t>
+  </si>
+  <si>
     <t>XRN 5615</t>
   </si>
   <si>
     <t>Establishing/Amending a Gas Vacant Site Process (Modification 0819)</t>
   </si>
   <si>
     <t>08/11/2024</t>
   </si>
   <si>
+    <t>XRN 5622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amendments to v28 of the Service Description Table </t>
+  </si>
+  <si>
+    <t>XRN 5635</t>
+  </si>
+  <si>
+    <t>H100 (UNC Mod799) Consequential Gemini Change</t>
+  </si>
+  <si>
+    <t>XRN 5556E</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version 1.4</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>XRN 5556F</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version 1.5</t>
+  </si>
+  <si>
     <t>XRN 5629</t>
   </si>
   <si>
     <t>November 23 Major Release</t>
   </si>
   <si>
+    <t>XRN 5641</t>
+  </si>
+  <si>
+    <t>Addition of Market Sector Code to specific Supply Point Data Reports</t>
+  </si>
+  <si>
+    <t>06/10/2023</t>
+  </si>
+  <si>
+    <t>XRN 5634</t>
+  </si>
+  <si>
+    <t>Gemini Regulatory Change FY23/24</t>
+  </si>
+  <si>
+    <t>31/03/2024</t>
+  </si>
+  <si>
+    <t>XRN 5651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Updates to Class 3 and 4 Inner Tolerance Ranges used in Meter  Read validation process</t>
+  </si>
+  <si>
+    <t>XRN 5653</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amendments to v29 of the Service Description Table </t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>XRN 5652</t>
+  </si>
+  <si>
+    <t>Enabling Direct Contractual Arrangements with Consumers for Demand Side Response (Modification 0844)</t>
+  </si>
+  <si>
+    <t>National Gas</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>XRN 5658</t>
+  </si>
+  <si>
+    <t>Allocation of LDZ UIG to Shippers Based on a Straight Throughput Method (Mod 0831) and Allocation of LDZ UIG to Shippers (Class 2, 3 and 4) Based on a Straight Throughput Method (Mod 0831A)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SSE (Mod0831) /  Brook Green (Mod 0831A)</t>
+  </si>
+  <si>
+    <t>XRN 5556G</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version 1.6</t>
+  </si>
+  <si>
+    <t>25/11/2023</t>
+  </si>
+  <si>
+    <t>XRN 5556H</t>
+  </si>
+  <si>
+    <t>CMS Rebuild – Delivery of GSR and MUS</t>
+  </si>
+  <si>
+    <t>XRN 5647</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 11</t>
+  </si>
+  <si>
+    <t>XRN 5665</t>
+  </si>
+  <si>
+    <t>Default New Connection AQ values - Annual Review</t>
+  </si>
+  <si>
+    <t>31/01/2024</t>
+  </si>
+  <si>
+    <t>XRN 5668</t>
+  </si>
+  <si>
+    <t>Production Data Back up</t>
+  </si>
+  <si>
+    <t>RTS - REC Technical Services</t>
+  </si>
+  <si>
+    <t>19/08/2023</t>
+  </si>
+  <si>
     <t>XRN 5675</t>
   </si>
   <si>
     <t>Implementation of 0836S - Resolution of Missing Messages after CSS implementation and integration with R0067 and 0855 - Settlement Adjustments for SMPs impacted by the Central Switching System P1 incident</t>
   </si>
   <si>
+    <t>XRN 5689</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v30)New Service Lines to support XRN 5562 Enabling Direct Contractual Arrangements with Consumers for Demand Side Response</t>
+  </si>
+  <si>
+    <t>19/10/2023</t>
+  </si>
+  <si>
     <t>XRN 5682</t>
   </si>
   <si>
     <t>February 24 Major Release</t>
   </si>
   <si>
+    <t>XRN 5690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Creating a loadable Billing Calendar File for DSC Customers  </t>
+  </si>
+  <si>
+    <t>18/01/2024</t>
+  </si>
+  <si>
+    <t>XRN 5695</t>
+  </si>
+  <si>
+    <t>Revision of Virtual Last Resort User and Contingent Procurement of Supplier Demand Event Triggers (Modification 0854)</t>
+  </si>
+  <si>
+    <t>22/05/2024</t>
+  </si>
+  <si>
+    <t>XRN 5700</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v31)</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
+    <t>XRN 5701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Establishing the Independent Shrinkage Charge and the Independent Shrinkage Expert (Modification 0843 / IGT 165) </t>
+  </si>
+  <si>
+    <t>OVO Gas Limited</t>
+  </si>
+  <si>
     <t>XRN 5702</t>
   </si>
   <si>
     <t>Update to assess the replacement of Facsimile as a form of communication (Modification 0864S)</t>
   </si>
   <si>
-    <t>Current</t>
-[...1 lines deleted...]
-  <si>
     <t>NGT</t>
   </si>
   <si>
     <t>26/06/2026</t>
   </si>
   <si>
     <t>Service Area 13 (Current Apr 21): Managing Change</t>
   </si>
   <si>
+    <t>XRN 5714</t>
+  </si>
+  <si>
+    <t>Updates to CDSP Service Description Table V32</t>
+  </si>
+  <si>
+    <t>20/12/2023</t>
+  </si>
+  <si>
     <t>XRN 5720</t>
   </si>
   <si>
     <t>Gateway delivery for RPC backing data (IGT173)</t>
   </si>
   <si>
-    <t>TBC: To be confirmed</t>
+    <t>XRN 5719</t>
+  </si>
+  <si>
+    <t>Provision of consolidated Specific Services Invoice and Supporting Information</t>
+  </si>
+  <si>
+    <t>XRN 5556I</t>
+  </si>
+  <si>
+    <t>CMS Rebuild – Delivery of XRN5604 and XRN5605</t>
+  </si>
+  <si>
+    <t>XRN 5556J</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version - Delivery of Must Reads</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>XRN 5556K</t>
+  </si>
+  <si>
+    <t>CMS Rebuild Version - Delivery of DMQ and Generic Workflows</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5727 </t>
+  </si>
+  <si>
+    <t>Minor Release 12</t>
+  </si>
+  <si>
+    <t>10/05/2024</t>
   </si>
   <si>
     <t>XRN 5711</t>
   </si>
   <si>
     <t>June 24 Major Release</t>
   </si>
   <si>
+    <t>XRN 5746</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v33)</t>
+  </si>
+  <si>
+    <t>21/03/2024</t>
+  </si>
+  <si>
+    <t>XRN 5732</t>
+  </si>
+  <si>
+    <t>Inclusion of IGT MPRNs into specified existing DSC Processes</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5748 </t>
+  </si>
+  <si>
+    <t>DDP Release 1 BP2024/2025</t>
+  </si>
+  <si>
+    <t>31/05/2024</t>
+  </si>
+  <si>
+    <t>XRN 5771</t>
+  </si>
+  <si>
+    <t>Amendments to Demand Side Response (DSR) Arrangements (Modification 0866)</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>XRN 5781</t>
+  </si>
+  <si>
+    <t>Gemini Regulatory Change FY24/25</t>
+  </si>
+  <si>
     <t>XRN 5784</t>
   </si>
   <si>
     <t>Modification 0862 Amendments to the current Unidentified Gas Reconciliation Period arrangements</t>
   </si>
   <si>
     <t>SEFE Energy</t>
   </si>
   <si>
     <t>27/06/2025</t>
   </si>
   <si>
-    <t>Service Area 10 (Current Apr 21): Invoicing Customers</t>
+    <t>XRN 5785</t>
+  </si>
+  <si>
+    <t>DDP Release 2 2024/2025</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
   </si>
   <si>
     <t>XRN 5778</t>
   </si>
   <si>
     <t>November 24 Major Release</t>
   </si>
   <si>
+    <t>XRN 5793</t>
+  </si>
+  <si>
+    <t>Platform to support Performance Assurance Committee (PAC)</t>
+  </si>
+  <si>
+    <t>05/07/2024</t>
+  </si>
+  <si>
+    <t>Service Area 15 (Current Apr 21): Value Added Services</t>
+  </si>
+  <si>
+    <t>XRN 5795</t>
+  </si>
+  <si>
+    <t>Business Plan Information Rules Independent Assurance</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>XRN 5806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDSP Solution to enable exit of application of User Premises Termination Notice (UPTN) </t>
+  </si>
+  <si>
+    <t>XRN 5808</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Providing Notification to DNs and IGTs for Capacity and Nomination  Referrals Awaiting Action</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>XRN 5809</t>
+  </si>
+  <si>
+    <t>DDP Release 3 2024/2025</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5810  </t>
+  </si>
+  <si>
+    <t>Theft of Gas (ToG) DN Calculation Tool</t>
+  </si>
+  <si>
+    <t>XRN 5815</t>
+  </si>
+  <si>
+    <t>New Performance Framework Administrator (PAFA) Service Contract Procurement 2024</t>
+  </si>
+  <si>
+    <t>XRN 5824</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v34)</t>
+  </si>
+  <si>
+    <t>20/03/2024</t>
+  </si>
+  <si>
+    <t>XRN 5825</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 13</t>
+  </si>
+  <si>
+    <t>06/12/2024</t>
+  </si>
+  <si>
     <t>XRN 5818</t>
   </si>
   <si>
     <t>February 25 Major Release</t>
   </si>
   <si>
+    <t>XRN 5835</t>
+  </si>
+  <si>
+    <t>Extending the scope of existing ring fenced DSC Change Budget funds to cater for Performance Assurance Committee discretional activities</t>
+  </si>
+  <si>
+    <t>XRN 5832</t>
+  </si>
+  <si>
+    <t>DDP Release 4 2024/2025</t>
+  </si>
+  <si>
+    <t>xoserve</t>
+  </si>
+  <si>
+    <t>30/11/2024</t>
+  </si>
+  <si>
+    <t>XRN 5848</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v35)</t>
+  </si>
+  <si>
     <t>XRN 5846</t>
   </si>
   <si>
     <t>New allowable value (M - Thermal Mass) for Meter Type Code (H100)</t>
   </si>
   <si>
+    <t>XRN 5851</t>
+  </si>
+  <si>
+    <t>Modification 0868 Change to the current Allocation of Unidentified Gas Statement Frequency and Scope</t>
+  </si>
+  <si>
+    <t>XRN 5858</t>
+  </si>
+  <si>
+    <t>DDP Release 5 2024/2025</t>
+  </si>
+  <si>
+    <t>XRN 5781.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNC Modification 0872s Single-sided Nominations for clearing houses of gas exchanges </t>
+  </si>
+  <si>
+    <t>XRN 5937.1</t>
+  </si>
+  <si>
+    <t>Change to EIC Code(s) within Gemini</t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Gas </t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
     <t>XRN 5872</t>
   </si>
   <si>
     <t>Updates to the Annual Quantity (AQ) amendment process (Modification 0876S)</t>
   </si>
   <si>
     <t>27/02/2026</t>
   </si>
   <si>
+    <t>XRN 5881</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v36)</t>
+  </si>
+  <si>
+    <t>16/01/2025</t>
+  </si>
+  <si>
+    <t>XRN 5885</t>
+  </si>
+  <si>
+    <t>Cease Provision of SC9 Files to Distribution Networks (DNs)</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>Service Area 17: Distribution Network wholly funded activities</t>
+  </si>
+  <si>
     <t>XRN 5868</t>
   </si>
   <si>
     <t xml:space="preserve">June 25 Major Release </t>
   </si>
   <si>
+    <t>XRN 5888</t>
+  </si>
+  <si>
+    <t>Minor Release Drop 14 (Parent Change)</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>XRN 5887</t>
+  </si>
+  <si>
+    <t>DDP Release 6 2024/2025</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>XRN 5892</t>
+  </si>
+  <si>
+    <t>Ring-fenced DSC Budget to support Allocation of Unidentified Gas Value-Add Activities</t>
+  </si>
+  <si>
+    <t>XRN 5894</t>
+  </si>
+  <si>
+    <t>Updates to the CDSP Service Description Table (v37)</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
     <t>XRN 5906</t>
   </si>
   <si>
     <t>Extending the PC4 Read Submission Window (Mod0884)</t>
   </si>
   <si>
+    <t>XRN 5937.2</t>
+  </si>
+  <si>
+    <t>Removal of Non-Obligated Entry Capacity from Capacity Neutrality (Modification 0897S)</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>XRN 5913</t>
+  </si>
+  <si>
+    <t>DDP Release 1 2025/2026</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
+  </si>
+  <si>
     <t>XRN 5914</t>
   </si>
   <si>
     <t>Amend the Code Cut-Off Date to a Rolling Period (Mod0886)</t>
   </si>
   <si>
     <t>XRN 5922</t>
   </si>
   <si>
     <t xml:space="preserve">Shorten the current code cut-off date (or Line in the Sand) from a 3  to 4-year period to a 2 to 3-year period (Modification 0896)</t>
   </si>
   <si>
+    <t>XRN 5923</t>
+  </si>
+  <si>
+    <t>Updates to the suite of Performance Assurance Report Register (PARR)</t>
+  </si>
+  <si>
+    <t>XRN 5924</t>
+  </si>
+  <si>
+    <t>Physical Information Exchange (PIX) Ongoing Support Options</t>
+  </si>
+  <si>
+    <t>XRN 5933</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Business Plan Information Rules Independent Assurance </t>
+  </si>
+  <si>
+    <t>XRN 5941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Performance Assurance Committee (PAC) – Audit Performance Assurance Technique (PAT) Request  </t>
+  </si>
+  <si>
+    <t>XRN 5940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Addition of Consumption Adjustment and Updated Meter Readings to initiate an AQ Calculation Month (Modification 0890)  </t>
+  </si>
+  <si>
+    <t>XRN 5937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gemini Regulatory Change FY25/26 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5942 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DDP Release 2 2025/2026 </t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5949 </t>
+  </si>
+  <si>
+    <t>New Priority Consumer Category related to Community Heating</t>
+  </si>
+  <si>
+    <t>XRN 5950</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSC Invoice Number generation review </t>
+  </si>
+  <si>
+    <t>XRN 5955</t>
+  </si>
+  <si>
+    <t>Private networks duplicate MPRNs - options for long-term fix</t>
+  </si>
+  <si>
+    <t>XRN 5805</t>
+  </si>
+  <si>
+    <t>Alternative Solution to address instances where VBA macros are present in DN Templates</t>
+  </si>
+  <si>
+    <t>XRN 5968</t>
+  </si>
+  <si>
+    <t>Identifying improvements to Meter Point Location Address Data processes</t>
+  </si>
+  <si>
+    <t>XRN 5969</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amendment to DSC T&amp;Cs to include a requirement to  provide data incident nominated contact details</t>
+  </si>
+  <si>
+    <t>XRN 5967</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DDP Release 3 2025/2026</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>XRN 5971</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minor Release Drop 15  ( Parent Change )</t>
+  </si>
+  <si>
+    <t>XRN 5972</t>
+  </si>
+  <si>
+    <t>CDSP provisions to support new Supplier Deed of Undertaking (DoU) Licence Condition (9a)</t>
+  </si>
+  <si>
+    <t>Service Area 7 (Current Apr 21): Customer Joiners/Leavers (UK Gas Market)</t>
+  </si>
+  <si>
+    <t>XRN 5987</t>
+  </si>
+  <si>
+    <t>Modification 0915 – Debt Relief Scheme Payment (DRSP)</t>
+  </si>
+  <si>
     <t>XRN 5983</t>
   </si>
   <si>
     <t>February 26 Major Release (Parent Change)</t>
   </si>
   <si>
+    <t>XRN 5985</t>
+  </si>
+  <si>
+    <t>DDP Release 4 2025/2026</t>
+  </si>
+  <si>
+    <t>XRN 5937.3</t>
+  </si>
+  <si>
+    <t>Facilitating Bi-Directional Connections Between IGT pipelines and the NTS (Modification 0887)</t>
+  </si>
+  <si>
+    <t>XRN 5993</t>
+  </si>
+  <si>
+    <t>DDP Release 5 2025/2026</t>
+  </si>
+  <si>
+    <t>XRN 5992</t>
+  </si>
+  <si>
+    <t>Holistic Performance Matrix Identified Changes to Class 4 PARR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XRN 5994 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emergency Contact Validation Service </t>
+  </si>
+  <si>
+    <t>XRN 6001</t>
+  </si>
+  <si>
+    <t>Modification 0909 - Refining the Class 2 Individual Valid Meter Reading Requirement Performance Measures</t>
+  </si>
+  <si>
+    <t>XRN 6000</t>
+  </si>
+  <si>
+    <t>Modification 0908 – Removal of DNO meter reading obligations resulting from non-provision of a Valid Meter Reading by a Shipper</t>
+  </si>
+  <si>
+    <t>XRN 6039</t>
+  </si>
+  <si>
+    <t>Provision of IGT SMP Data to DNs</t>
+  </si>
+  <si>
     <t>XRN 6045</t>
   </si>
   <si>
     <t>June 2026 Major Release (Parent Change)</t>
   </si>
   <si>
-    <t xml:space="preserve">Xoserve </t>
+    <t>XRN 6041</t>
+  </si>
+  <si>
+    <t>UNC Modification 0922 (IGT UNC Modification 180) – CDSP Obligations required for the introduction of the Gas Shipper Obligation</t>
+  </si>
+  <si>
+    <t>XRN 6050</t>
+  </si>
+  <si>
+    <t>DDP Release 6 2025/2026</t>
+  </si>
+  <si>
+    <t>XRN 6056</t>
+  </si>
+  <si>
+    <t>Introduction of new Supply Meter Point status of ‘IS’ (Isolation) - Cleanse and remove obsolete ‘CL’ (Clamped) status</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="M/d/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -874,62 +3265,62 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T83"/>
+  <dimension ref="A1:T378"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.555739402770996" customWidth="1"/>
     <col min="2" max="2" width="17.605588912963867" customWidth="1"/>
     <col min="3" max="3" width="187.38327026367188" customWidth="1"/>
     <col min="4" max="4" width="20.276813507080078" customWidth="1"/>
     <col min="5" max="5" width="15.575828552246094" customWidth="1"/>
-    <col min="6" max="6" width="38.82191848754883" customWidth="1"/>
+    <col min="6" max="6" width="39.41324996948242" customWidth="1"/>
     <col min="7" max="7" width="26.673017501831055" customWidth="1"/>
     <col min="8" max="8" width="12.452409744262695" customWidth="1"/>
     <col min="9" max="9" width="19.9606876373291" customWidth="1"/>
     <col min="10" max="10" width="134.7271270751953" customWidth="1"/>
     <col min="11" max="11" width="14.269372940063477" customWidth="1"/>
     <col min="12" max="12" width="11.6329345703125" customWidth="1"/>
     <col min="13" max="13" width="10.409348487854004" customWidth="1"/>
     <col min="14" max="14" width="11.255423545837402" customWidth="1"/>
     <col min="15" max="15" width="14.799322128295898" customWidth="1"/>
     <col min="16" max="16" width="9.834385871887207" customWidth="1"/>
     <col min="17" max="17" width="17.078710556030273" customWidth="1"/>
     <col min="18" max="18" width="11.037510871887207" customWidth="1"/>
     <col min="19" max="19" width="12.807413101196289" customWidth="1"/>
     <col min="20" max="20" width="11.734217643737793" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -966,3897 +3357,17762 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>43777</v>
+        <v>43475</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E2" s="2">
-        <v>43476</v>
+        <v>43475</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I2" s="0" t="s">
         <v>26</v>
       </c>
       <c r="J2" s="0" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L2" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M2" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N2" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O2" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
-        <v>43739</v>
+        <v>43475</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E3" s="2">
-        <v>43476</v>
+        <v>43475</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="J3" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K3" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L3" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N3" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O3" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>43807</v>
+        <v>44111</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="2">
-        <v>43476</v>
+        <v>43475</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J4" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O4" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
-        <v>43691</v>
+        <v>44670</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="2">
-        <v>43476</v>
+        <v>43475</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="J5" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N5" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O5" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
-        <v>43985</v>
+        <v>43777</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E6" s="2">
         <v>43476</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K6" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O6" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
-        <v>43985</v>
+        <v>43476</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E7" s="2">
         <v>43476</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O7" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43476</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E8" s="2">
         <v>43476</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L8" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M8" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N8" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O8" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
-        <v>43476</v>
+        <v>43739</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E9" s="2">
         <v>43476</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O9" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
-        <v>44585</v>
+        <v>43807</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="2">
         <v>43476</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="K10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
-        <v>44112</v>
+        <v>43691</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="2">
         <v>43476</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="K11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M11" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
-        <v>43777</v>
+        <v>43514</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="2">
-        <v>43479</v>
+        <v>43476</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="K12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
-        <v>43479</v>
+        <v>43985</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="E13" s="2">
-        <v>43479</v>
+        <v>43476</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="K13" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
-        <v>43822</v>
+        <v>43985</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E14" s="2">
-        <v>43479</v>
+        <v>43476</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M14" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O14" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
-        <v>43857</v>
+        <v>43476</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E15" s="2">
-        <v>43480</v>
+        <v>43476</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L15" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M15" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
-        <v>43480</v>
+        <v>43476</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="2">
+        <v>43476</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I16" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J16" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K16" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L16" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M16" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
-        <v>43480</v>
+        <v>43554</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>43480</v>
+        <v>43476</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="K17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M17" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N17" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O17" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
-        <v>43777</v>
+        <v>43476</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>43481</v>
+        <v>43476</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="K18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M18" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
-        <v>43482</v>
+        <v>43857</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>43482</v>
+        <v>43476</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="K19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
-        <v>43873</v>
+        <v>44585</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>43482</v>
+        <v>43476</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>41</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="K20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
-        <v>43857</v>
+        <v>43964</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E21" s="2">
-        <v>43488</v>
+        <v>43476</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>93</v>
+        <v>35</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
       <c r="K21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
-        <v>43966</v>
+        <v>43678</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E22" s="2">
-        <v>43514</v>
+        <v>43476</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L22" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M22" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N22" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O22" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
-        <v>43822</v>
+        <v>43964</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E23" s="2">
-        <v>43529</v>
+        <v>43476</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N23" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O23" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
-        <v>43606</v>
+        <v>43817</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>43530</v>
+        <v>43476</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="K24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M24" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N24" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O24" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
-        <v>44096</v>
+        <v>43476</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="2">
-        <v>43530</v>
+        <v>43476</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>62</v>
+        <v>114</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="K25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L25" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M25" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
-        <v>43822</v>
+        <v>43850</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="2">
-        <v>43530</v>
+        <v>43476</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="K26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M26" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N26" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
-        <v>45244</v>
+        <v>43780</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="E27" s="2">
-        <v>43559</v>
+        <v>43476</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L27" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M27" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
-        <v>44796</v>
+        <v>44112</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="2">
-        <v>43572</v>
+        <v>43476</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="K28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
-        <v>44796</v>
+        <v>43479</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="2">
-        <v>43572</v>
+        <v>43479</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="K29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M29" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N29" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O29" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
-        <v>44796</v>
+        <v>45184</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="2">
-        <v>43572</v>
+        <v>43479</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>113</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
-        <v>43822</v>
+        <v>43514</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="2">
-        <v>43578</v>
+        <v>43479</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>72</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="K31" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M31" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N31" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
-        <v>43650</v>
+        <v>43777</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="2">
-        <v>43579</v>
+        <v>43479</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="K32" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
-        <v>43822</v>
+        <v>43479</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="2">
-        <v>43585</v>
+        <v>43479</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="K33" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M33" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N33" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O33" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
-        <v>44585</v>
+        <v>43479</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="2">
-        <v>43602</v>
+        <v>43479</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>58</v>
+        <v>140</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="K34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
-        <v>45008</v>
+        <v>43479</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="2">
-        <v>43654</v>
+        <v>43479</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N35" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O35" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
-        <v>45008</v>
+        <v>43479</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E36" s="2">
-        <v>43678</v>
+        <v>43479</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="K36" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M36" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
-        <v>45013</v>
+        <v>43479</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="2">
-        <v>43678</v>
+        <v>43479</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>137</v>
+        <v>59</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="K37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
-        <v>43857</v>
+        <v>43822</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="2">
-        <v>43689</v>
+        <v>43479</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>72</v>
+        <v>153</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="K38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
-        <v>44796</v>
+        <v>43479</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="2">
-        <v>43726</v>
+        <v>43479</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>143</v>
+        <v>94</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="K39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
-        <v>44085</v>
+        <v>43479</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="2">
-        <v>43752</v>
+        <v>43479</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="K40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
-        <v>43966</v>
+        <v>43479</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="2">
-        <v>43752</v>
+        <v>43479</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>62</v>
+        <v>162</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N41" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O41" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
-        <v>44207</v>
+        <v>45204</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E42" s="2">
-        <v>43832</v>
+        <v>43479.458761574075</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>38</v>
+        <v>130</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L42" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N42" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O42" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
-        <v>44585</v>
+        <v>43857</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="2">
-        <v>43832</v>
+        <v>43480</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>37</v>
+        <v>167</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>58</v>
+        <v>168</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="K43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
-        <v>45184</v>
+        <v>43480</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="2">
-        <v>43861</v>
+        <v>43480</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="K44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O44" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
-        <v>44372</v>
+        <v>43480</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="2">
-        <v>43861</v>
+        <v>43480</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K45" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M45" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N45" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O45" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
-        <v>44390</v>
+        <v>43777</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="2">
-        <v>43888</v>
+        <v>43481</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N46" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
-        <v>44515</v>
+        <v>43481</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="2">
-        <v>43917</v>
+        <v>43481</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L47" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M47" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N47" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O47" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
-        <v>45236</v>
+        <v>43482</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="2">
-        <v>43983</v>
+        <v>43482</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>171</v>
+        <v>51</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>173</v>
+        <v>36</v>
       </c>
       <c r="K48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
-        <v>45203</v>
+        <v>43482</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E49" s="2">
-        <v>43983</v>
+        <v>43482</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>47</v>
+        <v>184</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L49" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
-        <v>44585</v>
+        <v>44179</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E50" s="2">
-        <v>44011</v>
+        <v>43482</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>58</v>
+        <v>187</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="K50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
-        <v>44585</v>
+        <v>43482</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="2">
-        <v>44040</v>
+        <v>43482</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>181</v>
+        <v>51</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I51" s="0" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>38</v>
+        <v>130</v>
       </c>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O51" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
-        <v>44672</v>
+        <v>43873</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E52" s="2">
-        <v>44133</v>
+        <v>43482</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>181</v>
+        <v>51</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I52" s="0" t="s">
-        <v>162</v>
+        <v>67</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M52" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O52" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
-        <v>44760</v>
+        <v>43857</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E53" s="2">
-        <v>44196</v>
+        <v>43482</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>37</v>
+        <v>194</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I53" s="0" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L53" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M53" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N53" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O53" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
-        <v>45013</v>
+        <v>43857</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="2">
-        <v>44214</v>
+        <v>43488</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>188</v>
+        <v>104</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>130</v>
+        <v>197</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>131</v>
+        <v>198</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L54" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M54" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N54" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O54" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
-        <v>45013</v>
+        <v>43501</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E55" s="2">
-        <v>44406</v>
+        <v>43501</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>130</v>
+        <v>35</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
-        <v>45236</v>
+        <v>43902</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E56" s="2">
-        <v>44615</v>
+        <v>43510</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>158</v>
+        <v>87</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M56" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
-        <v>45096</v>
+        <v>43510</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E57" s="2">
-        <v>44774</v>
+        <v>43510</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M57" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N57" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O57" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
-        <v>45184</v>
+        <v>43510</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E58" s="2">
-        <v>44816</v>
+        <v>43510</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>37</v>
+        <v>210</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>157</v>
+        <v>35</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="K58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M58" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N58" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O58" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
-        <v>45785</v>
+        <v>44025</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>202</v>
+        <v>32</v>
       </c>
       <c r="E59" s="2">
-        <v>44844</v>
+        <v>43510</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>173</v>
+        <v>87</v>
       </c>
       <c r="K59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M59" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N59" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O59" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
-        <v>45733</v>
+        <v>43969</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E60" s="2">
-        <v>44869</v>
+        <v>43511</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>37</v>
+        <v>215</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>206</v>
+        <v>35</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M60" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N60" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O60" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
-        <v>45028</v>
+        <v>43966</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E61" s="2">
-        <v>44893</v>
+        <v>43514</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="K61" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M61" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
-        <v>45348</v>
+        <v>43514</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E62" s="2">
-        <v>44917</v>
+        <v>43514</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>211</v>
+        <v>59</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>131</v>
+        <v>36</v>
       </c>
       <c r="K62" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M62" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N62" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O62" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
-        <v>45348</v>
+        <v>43857</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="2">
-        <v>44917</v>
+        <v>43514</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>212</v>
+        <v>26</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="K63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N63" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O63" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
-        <v>45348</v>
+        <v>43822</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E64" s="2">
-        <v>44918</v>
+        <v>43529</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>217</v>
+        <v>51</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I64" s="0" t="s">
-        <v>212</v>
+        <v>153</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>218</v>
+        <v>68</v>
       </c>
       <c r="K64" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
-        <v>45789</v>
+        <v>44390</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E65" s="2">
-        <v>44956</v>
+        <v>43529</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>173</v>
+        <v>36</v>
       </c>
       <c r="K65" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O65" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
-        <v>45733</v>
+        <v>43606</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E66" s="2">
-        <v>44980</v>
+        <v>43530</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>225</v>
+        <v>48</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>218</v>
+        <v>64</v>
       </c>
       <c r="K66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M66" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O66" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
-        <v>45372</v>
+        <v>45245</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E67" s="2">
-        <v>45043</v>
+        <v>43530</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>172</v>
+        <v>232</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="K67" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="N67" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O67" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
-        <v>45609</v>
+        <v>44096</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E68" s="2">
-        <v>45142</v>
+        <v>43530</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>203</v>
+        <v>123</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>131</v>
+        <v>198</v>
       </c>
       <c r="K68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O68" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
-        <v>45426</v>
+        <v>43930</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E69" s="2">
-        <v>45198</v>
+        <v>43530</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>212</v>
+        <v>26</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K69" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M69" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N69" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="O69" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
-        <v>45943</v>
+        <v>43822</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="E70" s="2">
-        <v>45225</v>
+        <v>43530</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>236</v>
+        <v>153</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>237</v>
+        <v>147</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N70" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O70" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
-        <v>45733</v>
+        <v>43538</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E71" s="2">
-        <v>45288</v>
+        <v>43538</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>225</v>
+        <v>35</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>240</v>
+        <v>53</v>
       </c>
       <c r="K71" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="M71" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O71" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
-        <v>45611</v>
+        <v>43466</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E72" s="2">
-        <v>45344</v>
+        <v>43545</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>37</v>
+        <v>246</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>203</v>
+        <v>52</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="K72" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M72" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O72" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
-        <v>45943</v>
+        <v>45244</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E73" s="2">
-        <v>45406</v>
+        <v>43559</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>245</v>
+        <v>210</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>246</v>
+        <v>35</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>247</v>
+        <v>130</v>
       </c>
       <c r="K73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M73" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="N73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
-        <v>45733</v>
+        <v>44796</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E74" s="2">
-        <v>45441</v>
+        <v>43572</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>225</v>
+        <v>251</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K74" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M74" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N74" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
-        <v>45790</v>
+        <v>44796</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C75" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E75" s="2">
+        <v>43572</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I75" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J75" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K75" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L75" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M75" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O75" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
-        <v>45943</v>
+        <v>44796</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E76" s="2">
-        <v>45595</v>
+        <v>43572</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="K76" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M76" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N76" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O76" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
-        <v>45973</v>
+        <v>43822</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="E77" s="2">
-        <v>45638</v>
+        <v>43578</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>245</v>
+        <v>59</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>256</v>
+        <v>153</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>218</v>
+        <v>64</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N77" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O77" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
-        <v>45943</v>
+        <v>43650</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E78" s="2">
-        <v>45684</v>
+        <v>43579</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>246</v>
+        <v>67</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M78" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N78" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O78" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
-        <v>45943</v>
+        <v>43822</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="E79" s="2">
-        <v>45726</v>
+        <v>43585</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>256</v>
+        <v>153</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M79" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O79" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
-        <v>45974</v>
+        <v>44585</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="E80" s="2">
-        <v>45762</v>
+        <v>43602</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>134</v>
+        <v>264</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>256</v>
+        <v>99</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M80" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N80" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
-        <v>45974</v>
+        <v>43773</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>234</v>
+        <v>32</v>
       </c>
       <c r="E81" s="2">
-        <v>45770</v>
+        <v>43615</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>211</v>
+        <v>267</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>256</v>
+        <v>35</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="K81" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M81" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
-        <v>46043</v>
+        <v>43893</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="E82" s="2">
-        <v>45925</v>
+        <v>43615</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="M82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="N82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
+        <v>43754</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E83" s="2">
+        <v>43621</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I83" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="J83" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K83" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L83" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M83" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N83" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O83" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2">
+        <v>43650</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E84" s="2">
+        <v>43650</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I84" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="J84" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K84" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L84" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M84" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N84" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2">
+        <v>45008</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E85" s="2">
+        <v>43654</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I85" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J85" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K85" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L85" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M85" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N85" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O85" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2">
+        <v>43846</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E86" s="2">
+        <v>43658</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I86" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="J86" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="K86" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L86" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M86" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N86" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O86" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2">
+        <v>44082</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E87" s="2">
+        <v>43676</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H87" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I87" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="J87" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="K87" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L87" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M87" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N87" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O87" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2">
+        <v>43956</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E88" s="2">
+        <v>43676</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I88" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J88" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="K88" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L88" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M88" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N88" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O88" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2">
+        <v>45008</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E89" s="2">
+        <v>43678</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I89" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J89" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K89" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L89" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M89" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N89" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O89" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2">
+        <v>43726</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E90" s="2">
+        <v>43678</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="G90" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I90" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="J90" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K90" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L90" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M90" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N90" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O90" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="2">
+        <v>45013</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E91" s="2">
+        <v>43678</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I91" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J91" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K91" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L91" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M91" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N91" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O91" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2">
+        <v>43712</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E92" s="2">
+        <v>43678</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H92" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I92" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="J92" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K92" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L92" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M92" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N92" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2">
+        <v>43679</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E93" s="2">
+        <v>43679</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I93" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J93" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K93" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L93" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M93" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N93" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O93" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2">
+        <v>44760</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E94" s="2">
+        <v>43679</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I94" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J94" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K94" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L94" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M94" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N94" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O94" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="2">
+        <v>43857</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E95" s="2">
+        <v>43689</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I95" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="J95" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K95" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L95" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M95" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N95" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O95" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="2">
+        <v>43796</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E96" s="2">
+        <v>43711</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I96" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="J96" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="K96" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L96" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M96" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N96" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O96" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="2">
+        <v>43812</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E97" s="2">
+        <v>43711</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I97" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="J97" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K97" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L97" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M97" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N97" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O97" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2">
+        <v>43893</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E98" s="2">
+        <v>43720</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I98" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="J98" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="K98" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L98" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M98" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N98" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O98" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="2">
+        <v>44796</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E99" s="2">
+        <v>43726</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I99" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="J99" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K99" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L99" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M99" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N99" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O99" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="2">
+        <v>43844</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E100" s="2">
+        <v>43739</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I100" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J100" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K100" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L100" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M100" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N100" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O100" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2">
+        <v>43930</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E101" s="2">
+        <v>43739</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I101" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="J101" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K101" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L101" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M101" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N101" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O101" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2">
+        <v>44085</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E102" s="2">
+        <v>43752</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I102" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="J102" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K102" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L102" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M102" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N102" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O102" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2">
+        <v>43966</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E103" s="2">
+        <v>43752</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I103" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="J103" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K103" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L103" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M103" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N103" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O103" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2">
+        <v>43857</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E104" s="2">
+        <v>43752</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="G104" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I104" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="J104" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K104" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L104" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M104" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N104" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O104" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2">
+        <v>43857</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E105" s="2">
+        <v>43775</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I105" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="J105" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K105" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L105" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M105" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N105" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O105" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="2">
+        <v>44015</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E106" s="2">
+        <v>43775</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="G106" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H106" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I106" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="J106" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="K106" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L106" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M106" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N106" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O106" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="2">
+        <v>44316</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E107" s="2">
+        <v>43775</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H107" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I107" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="J107" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K107" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L107" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M107" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N107" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O107" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2">
+        <v>44025</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E108" s="2">
+        <v>43803</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I108" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="J108" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K108" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L108" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M108" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N108" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O108" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2">
+        <v>44055</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E109" s="2">
+        <v>43803</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I109" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="J109" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K109" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L109" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M109" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N109" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2">
+        <v>43857</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E110" s="2">
+        <v>43817</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I110" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="J110" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K110" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L110" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M110" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N110" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="2">
+        <v>43921</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E111" s="2">
+        <v>43817</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I111" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="J111" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K111" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L111" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M111" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N111" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O111" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2">
+        <v>44060</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" s="2">
+        <v>43817</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I112" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="J112" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K112" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L112" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M112" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N112" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O112" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="2">
+        <v>44207</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E113" s="2">
+        <v>43832</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I113" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="J113" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K113" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L113" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M113" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N113" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O113" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="2">
+        <v>43864</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E114" s="2">
+        <v>43832</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I114" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J114" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K114" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L114" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M114" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N114" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O114" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="2">
+        <v>43847</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E115" s="2">
+        <v>43832</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I115" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J115" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K115" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L115" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M115" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N115" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O115" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="2">
+        <v>44585</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E116" s="2">
+        <v>43832</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I116" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="J116" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K116" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L116" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M116" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N116" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O116" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2">
+        <v>44292</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E117" s="2">
+        <v>43860</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I117" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="J117" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K117" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L117" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M117" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N117" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O117" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="2">
+        <v>45184</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E118" s="2">
+        <v>43861</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I118" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="J118" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K118" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L118" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M118" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N118" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O118" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="2">
+        <v>44140</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E119" s="2">
+        <v>43861</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I119" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="J119" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K119" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L119" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M119" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N119" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="2">
+        <v>44372</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E120" s="2">
+        <v>43861</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I120" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="J120" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="K120" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L120" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M120" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N120" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O120" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2">
+        <v>44055</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E121" s="2">
+        <v>43864</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I121" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="J121" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K121" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L121" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M121" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N121" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="2">
+        <v>44390</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E122" s="2">
+        <v>43888</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I122" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="J122" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K122" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L122" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M122" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N122" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O122" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="2">
+        <v>44358</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E123" s="2">
+        <v>43888</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H123" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I123" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J123" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K123" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L123" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M123" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N123" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O123" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="2">
+        <v>44056</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E124" s="2">
+        <v>43889</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I124" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J124" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K124" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L124" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M124" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N124" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O124" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="2">
+        <v>43909</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E125" s="2">
+        <v>43889</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I125" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J125" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K125" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L125" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M125" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N125" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O125" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="2">
+        <v>44539</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E126" s="2">
+        <v>43892</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I126" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="J126" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K126" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L126" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M126" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N126" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="2">
+        <v>44055</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E127" s="2">
+        <v>43892</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I127" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="J127" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K127" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L127" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M127" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N127" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="2">
+        <v>44515</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E128" s="2">
+        <v>43917</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I128" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="J128" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="K128" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L128" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M128" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N128" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O128" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="2">
+        <v>45121</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E129" s="2">
+        <v>43917</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I129" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J129" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K129" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L129" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M129" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N129" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O129" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="2">
+        <v>44214</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E130" s="2">
+        <v>43920</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I130" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="J130" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K130" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L130" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M130" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N130" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="2">
+        <v>45250</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E131" s="2">
+        <v>43921</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I131" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J131" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K131" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L131" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M131" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N131" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="2">
+        <v>44271</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E132" s="2">
+        <v>43921</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I132" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="J132" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="K132" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L132" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M132" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N132" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O132" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="2">
+        <v>43936</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E133" s="2">
+        <v>43921</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I133" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J133" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="K133" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L133" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M133" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N133" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O133" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="2">
+        <v>44025</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E134" s="2">
+        <v>43950</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I134" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="J134" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="K134" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L134" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M134" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N134" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O134" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="2">
+        <v>43972</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E135" s="2">
+        <v>43950</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I135" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="J135" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="K135" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L135" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M135" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N135" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O135" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="2">
+        <v>44420</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E136" s="2">
+        <v>43951</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I136" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J136" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K136" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L136" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M136" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N136" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O136" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="2">
+        <v>44144</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E137" s="2">
+        <v>43955</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="G137" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H137" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I137" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="J137" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="K137" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L137" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M137" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N137" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O137" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="2">
+        <v>43956</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E138" s="2">
+        <v>43956</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I138" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="J138" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="K138" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L138" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M138" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N138" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O138" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="2">
+        <v>44144</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E139" s="2">
+        <v>43956</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="G139" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I139" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J139" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="K139" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L139" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M139" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N139" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O139" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="2">
+        <v>44343</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E140" s="2">
+        <v>43956</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="G140" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I140" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="J140" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K140" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L140" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M140" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N140" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O140" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="2">
+        <v>44343</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E141" s="2">
+        <v>43956</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G141" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I141" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="J141" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K141" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L141" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M141" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N141" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O141" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="2">
+        <v>44343</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E142" s="2">
+        <v>43956</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G142" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H142" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I142" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="J142" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K142" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L142" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M142" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N142" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O142" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="2">
+        <v>44098</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E143" s="2">
+        <v>43962</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="G143" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H143" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I143" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J143" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K143" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L143" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M143" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N143" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O143" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="2">
+        <v>45236</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E144" s="2">
+        <v>43983</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="G144" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H144" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I144" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="J144" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K144" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L144" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M144" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N144" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O144" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E145" s="2">
+        <v>43983</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="G145" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I145" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J145" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="K145" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L145" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M145" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N145" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O145" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="2">
+        <v>45013</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E146" s="2">
+        <v>43984</v>
+      </c>
+      <c r="F146" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G146" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I146" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="J146" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K146" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L146" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M146" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N146" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O146" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="2">
+        <v>44390</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E147" s="2">
+        <v>43986</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I147" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="J147" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K147" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L147" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M147" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N147" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O147" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="2">
+        <v>44585</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E148" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G148" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I148" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="J148" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K148" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L148" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M148" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N148" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O148" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="2">
+        <v>44015</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E149" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="G149" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H149" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I149" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J149" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K149" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L149" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M149" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N149" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O149" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="2">
+        <v>44011</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E150" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G150" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I150" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J150" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="K150" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L150" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M150" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N150" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O150" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="2">
+        <v>44215</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E151" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="G151" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H151" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I151" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J151" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="K151" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L151" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M151" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N151" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O151" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="2">
+        <v>44011</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E152" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="G152" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I152" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J152" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="K152" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L152" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M152" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N152" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O152" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="2">
+        <v>44035</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H153" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I153" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J153" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="K153" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L153" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M153" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N153" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O153" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="2">
+        <v>44011</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E154" s="2">
+        <v>44011</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I154" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="J154" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="K154" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L154" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M154" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N154" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="2">
+        <v>45910</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E155" s="2">
+        <v>44013</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G155" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H155" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I155" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="J155" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K155" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L155" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M155" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N155" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O155" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="2">
+        <v>44208</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E156" s="2">
+        <v>44020</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="G156" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H156" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I156" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="J156" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="K156" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L156" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M156" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N156" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O156" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="2">
+        <v>44357</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E157" s="2">
+        <v>44027</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G157" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H157" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I157" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="J157" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K157" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L157" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M157" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N157" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O157" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="2">
+        <v>44215</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E158" s="2">
+        <v>44028</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G158" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H158" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I158" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="J158" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K158" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L158" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M158" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N158" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O158" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="2">
+        <v>44238</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E159" s="2">
+        <v>44035</v>
+      </c>
+      <c r="F159" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="G159" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H159" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I159" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="J159" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K159" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L159" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M159" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N159" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="2">
+        <v>44585</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E160" s="2">
+        <v>44040</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G160" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H160" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I160" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="J160" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K160" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L160" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M160" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N160" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O160" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="2">
+        <v>44383</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E161" s="2">
+        <v>44046</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G161" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H161" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I161" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J161" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K161" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L161" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M161" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N161" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="2">
+        <v>44215</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E162" s="2">
+        <v>44054</v>
+      </c>
+      <c r="F162" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="G162" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H162" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I162" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="J162" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="K162" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L162" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M162" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N162" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O162" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="2">
+        <v>44539</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E163" s="2">
+        <v>44062</v>
+      </c>
+      <c r="F163" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="G163" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H163" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I163" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="J163" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K163" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L163" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M163" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N163" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O163" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="2">
+        <v>44187</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E164" s="2">
+        <v>44070</v>
+      </c>
+      <c r="F164" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G164" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H164" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I164" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="J164" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K164" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L164" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M164" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N164" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O164" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="2">
+        <v>44970</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E165" s="2">
+        <v>44071</v>
+      </c>
+      <c r="F165" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G165" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H165" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I165" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="J165" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K165" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L165" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M165" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N165" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="2">
+        <v>44090</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E166" s="2">
+        <v>44076</v>
+      </c>
+      <c r="F166" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G166" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H166" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I166" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="J166" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K166" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L166" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M166" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N166" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O166" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="2">
+        <v>44215</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E167" s="2">
+        <v>44076</v>
+      </c>
+      <c r="F167" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G167" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H167" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I167" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="J167" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K167" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L167" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M167" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N167" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O167" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="2">
+        <v>44085</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E168" s="2">
+        <v>44077</v>
+      </c>
+      <c r="F168" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G168" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H168" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I168" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="J168" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K168" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L168" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M168" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N168" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O168" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="2">
+        <v>44138</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E169" s="2">
+        <v>44083</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="G169" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H169" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I169" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J169" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K169" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L169" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M169" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N169" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="2">
+        <v>44223</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E170" s="2">
+        <v>44098</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G170" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H170" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I170" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="J170" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K170" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L170" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M170" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N170" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O170" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="2">
+        <v>44608</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E171" s="2">
+        <v>44099</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="G171" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H171" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I171" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="J171" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K171" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L171" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M171" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N171" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O171" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E172" s="2">
+        <v>44099</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="G172" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I172" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J172" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K172" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L172" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M172" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N172" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O172" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="2">
+        <v>44685</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E173" s="2">
+        <v>44099</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G173" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H173" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I173" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J173" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K173" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L173" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M173" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N173" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O173" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="2">
+        <v>44116</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E174" s="2">
+        <v>44099</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G174" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H174" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I174" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J174" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K174" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L174" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M174" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N174" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O174" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2">
+        <v>44390</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E175" s="2">
+        <v>44099</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I175" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="J175" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K175" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L175" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M175" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N175" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O175" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="2">
+        <v>44110</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E176" s="2">
+        <v>44110</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="G176" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H176" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I176" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J176" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K176" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L176" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M176" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N176" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O176" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="2">
+        <v>44116</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E177" s="2">
+        <v>44116</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I177" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J177" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K177" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L177" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M177" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N177" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O177" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="2">
+        <v>44515</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E178" s="2">
+        <v>44133</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I178" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="J178" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="K178" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L178" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M178" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N178" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O178" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="2">
+        <v>44672</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E179" s="2">
+        <v>44133</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I179" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="J179" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K179" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L179" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M179" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N179" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O179" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="2">
+        <v>44215</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E180" s="2">
+        <v>44134</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I180" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="J180" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K180" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L180" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M180" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N180" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O180" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="2">
+        <v>44279</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E181" s="2">
+        <v>44165</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I181" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J181" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K181" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L181" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M181" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N181" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="2">
+        <v>44179</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E182" s="2">
+        <v>44165</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I182" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J182" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K182" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L182" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M182" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N182" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O182" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2">
+        <v>44334</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E183" s="2">
+        <v>44187</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I183" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="J183" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K183" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L183" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M183" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N183" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2">
+        <v>44760</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E184" s="2">
+        <v>44196</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I184" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="J184" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K184" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L184" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M184" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N184" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O184" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="2">
+        <v>44539</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E185" s="2">
+        <v>44196</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G185" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I185" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J185" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="K185" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L185" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M185" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N185" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O185" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="2">
+        <v>44201</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E186" s="2">
+        <v>44201</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G186" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H186" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I186" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="J186" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K186" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L186" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M186" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N186" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O186" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="2">
+        <v>45013</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E187" s="2">
+        <v>44214</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="G187" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I187" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J187" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K187" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L187" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M187" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N187" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O187" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2">
+        <v>44678</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E188" s="2">
+        <v>44217</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I188" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J188" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K188" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L188" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M188" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N188" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="2">
+        <v>44390</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E189" s="2">
+        <v>44217</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I189" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="J189" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="K189" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L189" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M189" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N189" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O189" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="2">
+        <v>44571</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E190" s="2">
+        <v>44228</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="G190" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I190" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="J190" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K190" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L190" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M190" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N190" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="2">
+        <v>44571</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E191" s="2">
+        <v>44228</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G191" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I191" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="J191" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K191" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L191" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M191" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N191" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="2">
+        <v>44697</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E192" s="2">
+        <v>44252</v>
+      </c>
+      <c r="F192" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G192" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H192" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I192" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="J192" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K192" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L192" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M192" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N192" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="2">
+        <v>44691</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E193" s="2">
+        <v>44252</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I193" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J193" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K193" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L193" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M193" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N193" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="2">
+        <v>44278</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E194" s="2">
+        <v>44252</v>
+      </c>
+      <c r="F194" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G194" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H194" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I194" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="J194" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K194" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L194" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M194" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N194" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="2">
+        <v>44788</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E195" s="2">
+        <v>44284</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H195" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I195" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J195" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K195" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L195" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M195" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N195" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="2">
+        <v>45413</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E196" s="2">
+        <v>44284</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G196" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H196" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I196" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J196" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="K196" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L196" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M196" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N196" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O196" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="2">
+        <v>44697</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E197" s="2">
+        <v>44315</v>
+      </c>
+      <c r="F197" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G197" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H197" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I197" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="J197" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K197" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L197" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M197" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N197" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O197" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="2">
+        <v>44398</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E198" s="2">
+        <v>44315</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="G198" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H198" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I198" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="J198" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K198" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L198" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M198" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N198" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O198" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="2">
+        <v>44336</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E199" s="2">
+        <v>44315</v>
+      </c>
+      <c r="F199" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G199" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H199" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I199" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="J199" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K199" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L199" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M199" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N199" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E200" s="2">
+        <v>44335</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I200" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J200" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K200" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L200" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M200" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N200" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="2">
+        <v>44970</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E201" s="2">
+        <v>44343</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G201" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I201" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="J201" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K201" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L201" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M201" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N201" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="2">
+        <v>44608</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E202" s="2">
+        <v>44365</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G202" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H202" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I202" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="J202" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K202" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L202" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M202" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N202" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O202" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="2">
+        <v>45091</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E203" s="2">
+        <v>44371</v>
+      </c>
+      <c r="F203" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G203" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I203" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="J203" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K203" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L203" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M203" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N203" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O203" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="2">
+        <v>44399</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E204" s="2">
+        <v>44371</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I204" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J204" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K204" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L204" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M204" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N204" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O204" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="2">
+        <v>44400</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E205" s="2">
+        <v>44372</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G205" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H205" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I205" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="J205" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K205" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L205" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M205" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N205" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="2">
+        <v>44396</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E206" s="2">
+        <v>44375</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I206" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J206" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K206" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L206" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M206" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N206" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="2">
+        <v>44396</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E207" s="2">
+        <v>44375</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I207" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J207" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K207" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L207" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M207" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N207" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="2">
+        <v>45013</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E208" s="2">
+        <v>44406</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="G208" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H208" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I208" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J208" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K208" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L208" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M208" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N208" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O208" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="2">
+        <v>44788</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E209" s="2">
+        <v>44406</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G209" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H209" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I209" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="J209" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K209" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L209" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M209" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N209" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E210" s="2">
+        <v>44406</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G210" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H210" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I210" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J210" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K210" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L210" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M210" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N210" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="2">
+        <v>44539</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E211" s="2">
+        <v>44426</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I211" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="J211" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="K211" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L211" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M211" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N211" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O211" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="2">
+        <v>44494</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E212" s="2">
+        <v>44442</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G212" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I212" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="J212" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K212" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L212" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M212" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N212" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="2">
+        <v>44539</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E213" s="2">
+        <v>44470</v>
+      </c>
+      <c r="F213" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G213" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I213" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="J213" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="K213" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L213" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M213" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N213" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O213" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="2">
+        <v>44608</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E214" s="2">
+        <v>44496</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I214" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="J214" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K214" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L214" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M214" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N214" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="2">
+        <v>44672</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E215" s="2">
+        <v>44525</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I215" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="J215" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K215" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L215" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M215" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N215" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="2">
+        <v>44550</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E216" s="2">
+        <v>44525</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I216" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="J216" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K216" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L216" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M216" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N216" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O216" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="2">
+        <v>45456</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E217" s="2">
+        <v>44526</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I217" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J217" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K217" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L217" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M217" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N217" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O217" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="2">
+        <v>44722</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E218" s="2">
+        <v>44538</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I218" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="J218" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K218" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L218" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M218" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N218" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="2">
+        <v>45412</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E219" s="2">
+        <v>44560</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H219" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I219" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J219" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K219" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L219" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M219" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N219" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O219" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="2">
+        <v>44879</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E220" s="2">
+        <v>44565</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G220" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H220" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I220" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="J220" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K220" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L220" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M220" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N220" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O220" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="2">
+        <v>44879</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E221" s="2">
+        <v>44565</v>
+      </c>
+      <c r="F221" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G221" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H221" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I221" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="J221" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K221" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L221" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M221" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N221" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O221" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="2">
+        <v>44621</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E222" s="2">
+        <v>44592</v>
+      </c>
+      <c r="F222" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G222" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H222" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I222" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="J222" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K222" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L222" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M222" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N222" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="E223" s="2">
+        <v>44592</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G223" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H223" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I223" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J223" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K223" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L223" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M223" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N223" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O223" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="2">
+        <v>45019</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E224" s="2">
+        <v>44592</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G224" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H224" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I224" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="J224" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="K224" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L224" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M224" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N224" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="2">
+        <v>45203</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E225" s="2">
+        <v>44592</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G225" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H225" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I225" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J225" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K225" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L225" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M225" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N225" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O225" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="2">
+        <v>45236</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E226" s="2">
+        <v>44615</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="G226" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H226" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I226" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="J226" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K226" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L226" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M226" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N226" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O226" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="2">
+        <v>44636</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E227" s="2">
+        <v>44620</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G227" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H227" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I227" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="J227" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K227" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L227" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M227" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N227" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="2">
+        <v>44788</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E228" s="2">
+        <v>44621</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G228" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H228" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I228" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="J228" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K228" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L228" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M228" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N228" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O228" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="2">
+        <v>44676</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E229" s="2">
+        <v>44652</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G229" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H229" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I229" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="J229" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K229" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L229" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M229" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N229" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="2">
+        <v>44676</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E230" s="2">
+        <v>44655</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G230" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H230" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I230" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="J230" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K230" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L230" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M230" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N230" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="2">
+        <v>44852</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E231" s="2">
+        <v>44664</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H231" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I231" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="J231" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K231" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L231" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M231" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N231" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O231" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="2">
+        <v>44763</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E232" s="2">
+        <v>44680</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H232" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I232" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="J232" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K232" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L232" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M232" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N232" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="2">
+        <v>44817</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E233" s="2">
+        <v>44706</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="G233" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H233" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I233" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="J233" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K233" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L233" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M233" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N233" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O233" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="2">
+        <v>44876</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E234" s="2">
+        <v>44706</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G234" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H234" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I234" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J234" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K234" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L234" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M234" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N234" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O234" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="2">
+        <v>44986</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E235" s="2">
+        <v>44707</v>
+      </c>
+      <c r="F235" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G235" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H235" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I235" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J235" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K235" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L235" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M235" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N235" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O235" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="2">
+        <v>45191</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E236" s="2">
+        <v>44712</v>
+      </c>
+      <c r="F236" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G236" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H236" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I236" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="J236" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K236" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L236" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M236" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N236" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O236" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="2">
+        <v>44931</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E237" s="2">
+        <v>44741</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="G237" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H237" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I237" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="J237" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K237" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L237" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M237" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N237" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="2">
+        <v>45323</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E238" s="2">
+        <v>44741</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G238" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H238" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I238" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J238" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K238" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L238" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M238" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N238" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="2">
+        <v>44757</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E239" s="2">
+        <v>44741</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="G239" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H239" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I239" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J239" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K239" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L239" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M239" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N239" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="2">
+        <v>45013</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E240" s="2">
+        <v>44743</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G240" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H240" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I240" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="J240" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K240" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L240" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M240" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N240" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="2">
+        <v>44944</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E241" s="2">
+        <v>44761</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="G241" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H241" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I241" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="J241" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K241" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L241" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M241" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N241" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O241" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="2">
+        <v>44942</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E242" s="2">
+        <v>44771</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="G242" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H242" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I242" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J242" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K242" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L242" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M242" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N242" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="2">
+        <v>45096</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E243" s="2">
+        <v>44774</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G243" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H243" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I243" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="J243" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K243" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L243" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M243" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N243" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="2">
+        <v>45708</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E244" s="2">
+        <v>44775</v>
+      </c>
+      <c r="F244" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G244" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H244" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I244" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J244" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K244" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L244" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M244" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N244" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O244" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="2">
+        <v>45191</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E245" s="2">
+        <v>44776</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="G245" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H245" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I245" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="J245" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K245" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L245" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M245" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N245" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O245" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="2">
+        <v>44876</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E246" s="2">
+        <v>44803</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G246" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H246" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I246" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J246" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K246" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L246" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M246" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N246" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O246" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="2">
+        <v>44995</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E247" s="2">
+        <v>44803</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="G247" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H247" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I247" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="J247" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K247" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L247" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M247" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N247" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O247" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="2">
+        <v>45411</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E248" s="2">
+        <v>44803</v>
+      </c>
+      <c r="F248" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G248" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H248" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I248" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="J248" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K248" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L248" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M248" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N248" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="2">
+        <v>44944</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E249" s="2">
+        <v>44803</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G249" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H249" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I249" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="J249" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K249" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L249" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M249" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N249" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O249" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="2">
+        <v>44881</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E250" s="2">
+        <v>44811</v>
+      </c>
+      <c r="F250" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G250" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H250" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I250" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="J250" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K250" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L250" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M250" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N250" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="2">
+        <v>45184</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E251" s="2">
+        <v>44816</v>
+      </c>
+      <c r="F251" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G251" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H251" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I251" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="J251" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K251" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L251" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M251" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N251" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="2">
+        <v>44944</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E252" s="2">
+        <v>44817</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G252" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H252" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I252" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="J252" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K252" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L252" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M252" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N252" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O252" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="2">
+        <v>45887</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E253" s="2">
+        <v>44832</v>
+      </c>
+      <c r="F253" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="G253" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H253" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I253" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="J253" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K253" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L253" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M253" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N253" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="2">
+        <v>45240</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E254" s="2">
+        <v>44832</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="G254" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H254" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I254" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="J254" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K254" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L254" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M254" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N254" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O254" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="2">
+        <v>44834</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E255" s="2">
+        <v>44834</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G255" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H255" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I255" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="J255" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K255" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L255" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M255" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N255" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O255" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="2">
+        <v>45426</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E256" s="2">
+        <v>44837</v>
+      </c>
+      <c r="F256" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G256" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H256" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I256" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="J256" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K256" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L256" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M256" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N256" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O256" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="2">
+        <v>45845</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E257" s="2">
+        <v>44837</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="G257" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H257" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I257" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J257" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K257" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L257" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M257" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N257" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O257" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="2">
+        <v>45785</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="E258" s="2">
+        <v>44844</v>
+      </c>
+      <c r="F258" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G258" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I258" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="J258" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K258" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L258" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M258" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N258" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O258" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="2">
+        <v>45236</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E259" s="2">
+        <v>44846</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G259" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H259" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I259" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="J259" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K259" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L259" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M259" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N259" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="2">
+        <v>45121</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E260" s="2">
+        <v>44862</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G260" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H260" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I260" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J260" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K260" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L260" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M260" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N260" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O260" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="2">
+        <v>44887</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E261" s="2">
+        <v>44865</v>
+      </c>
+      <c r="F261" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G261" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H261" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I261" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="J261" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K261" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L261" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M261" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N261" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="2">
+        <v>44970</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E262" s="2">
+        <v>44869</v>
+      </c>
+      <c r="F262" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G262" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H262" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I262" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J262" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="K262" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L262" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M262" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N262" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O262" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="2">
+        <v>45733</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E263" s="2">
+        <v>44869</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G263" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H263" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I263" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="J263" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K263" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L263" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M263" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N263" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O263" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="2">
+        <v>44932</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E264" s="2">
+        <v>44893</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G264" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H264" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I264" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="J264" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K264" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L264" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M264" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N264" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="2">
+        <v>45113</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E265" s="2">
+        <v>44893</v>
+      </c>
+      <c r="F265" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G265" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H265" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I265" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="J265" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K265" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L265" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M265" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N265" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="2">
+        <v>45028</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E266" s="2">
+        <v>44893</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G266" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H266" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I266" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="J266" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K266" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L266" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M266" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N266" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O266" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="2">
+        <v>45042</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E267" s="2">
+        <v>44917</v>
+      </c>
+      <c r="F267" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G267" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H267" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I267" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J267" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K267" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L267" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M267" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N267" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O267" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="2">
+        <v>45348</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E268" s="2">
+        <v>44917</v>
+      </c>
+      <c r="F268" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="G268" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H268" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I268" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="J268" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K268" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L268" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M268" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N268" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O268" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="2">
+        <v>45348</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E269" s="2">
+        <v>44917</v>
+      </c>
+      <c r="F269" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G269" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H269" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I269" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="J269" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K269" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L269" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M269" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N269" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O269" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="2">
+        <v>45127</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E270" s="2">
+        <v>44918</v>
+      </c>
+      <c r="F270" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G270" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H270" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I270" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J270" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K270" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L270" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M270" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N270" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="2">
+        <v>45348</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E271" s="2">
+        <v>44918</v>
+      </c>
+      <c r="F271" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="G271" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H271" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I271" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="J271" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="K271" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L271" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M271" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N271" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O271" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="2">
+        <v>44999</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E272" s="2">
+        <v>44918</v>
+      </c>
+      <c r="F272" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G272" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H272" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I272" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="J272" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K272" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L272" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M272" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N272" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="2">
+        <v>45035</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E273" s="2">
+        <v>44930</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G273" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H273" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I273" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J273" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K273" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L273" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M273" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N273" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="2">
+        <v>45789</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E274" s="2">
+        <v>44956</v>
+      </c>
+      <c r="F274" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G274" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H274" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I274" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="J274" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K274" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L274" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M274" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N274" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O274" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="2">
+        <v>45551</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="E275" s="2">
+        <v>44956</v>
+      </c>
+      <c r="F275" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="G275" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H275" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I275" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J275" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K275" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L275" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M275" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N275" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O275" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="2">
+        <v>45016</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E276" s="2">
+        <v>44966</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G276" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H276" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I276" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="J276" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K276" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L276" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M276" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N276" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="2">
+        <v>45733</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E277" s="2">
+        <v>44980</v>
+      </c>
+      <c r="F277" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="G277" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H277" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I277" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="J277" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="K277" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L277" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M277" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N277" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O277" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="2">
+        <v>45019</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E278" s="2">
+        <v>44984</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G278" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H278" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I278" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="J278" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K278" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L278" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M278" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N278" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="2">
+        <v>45375</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E279" s="2">
+        <v>45008</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G279" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H279" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I279" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J279" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K279" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L279" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M279" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N279" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="2">
+        <v>45156</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E280" s="2">
+        <v>45016</v>
+      </c>
+      <c r="F280" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G280" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H280" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I280" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="J280" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K280" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L280" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M280" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N280" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="2">
+        <v>45236</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="D281" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E281" s="2">
+        <v>45016</v>
+      </c>
+      <c r="F281" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G281" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H281" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I281" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="J281" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K281" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L281" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M281" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N281" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O281" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="2">
+        <v>45372</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="D282" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E282" s="2">
+        <v>45043</v>
+      </c>
+      <c r="F282" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G282" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H282" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I282" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="J282" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K282" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L282" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M282" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N282" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O282" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="2">
+        <v>45240</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="D283" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E283" s="2">
+        <v>45043</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="G283" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H283" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I283" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="J283" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K283" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L283" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M283" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N283" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O283" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="2">
+        <v>45091</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="D284" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E284" s="2">
+        <v>45069</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G284" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H284" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I284" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="J284" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K284" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L284" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M284" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N284" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O284" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="2">
+        <v>45191</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E285" s="2">
+        <v>45071</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="G285" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H285" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I285" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="J285" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K285" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L285" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M285" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N285" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O285" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="2">
+        <v>45091</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E286" s="2">
+        <v>45071</v>
+      </c>
+      <c r="F286" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G286" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H286" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I286" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="J286" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K286" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L286" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M286" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N286" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O286" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="2">
+        <v>45240</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E287" s="2">
+        <v>45071</v>
+      </c>
+      <c r="F287" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="G287" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H287" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I287" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="J287" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K287" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L287" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M287" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N287" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O287" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="2">
+        <v>45329</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E288" s="2">
+        <v>45092</v>
+      </c>
+      <c r="F288" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="G288" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H288" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I288" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J288" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K288" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L288" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M288" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N288" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O288" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="2">
+        <v>45271</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E289" s="2">
+        <v>45098</v>
+      </c>
+      <c r="F289" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G289" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H289" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I289" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="J289" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K289" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L289" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M289" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N289" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O289" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="2">
+        <v>45411</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E290" s="2">
+        <v>45105</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G290" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H290" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I290" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="J290" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K290" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L290" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M290" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N290" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O290" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="2">
+        <v>45240</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E291" s="2">
+        <v>45128</v>
+      </c>
+      <c r="F291" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G291" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H291" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I291" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="J291" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K291" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L291" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M291" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N291" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O291" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="2">
+        <v>45323</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C292" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="D292" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E292" s="2">
+        <v>45128</v>
+      </c>
+      <c r="F292" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G292" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H292" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I292" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="J292" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K292" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L292" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M292" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N292" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O292" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="2">
+        <v>45215</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C293" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="D293" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E293" s="2">
+        <v>45140</v>
+      </c>
+      <c r="F293" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="G293" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H293" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I293" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="J293" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K293" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L293" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M293" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N293" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O293" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="2">
+        <v>45609</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E294" s="2">
+        <v>45142</v>
+      </c>
+      <c r="F294" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="G294" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H294" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I294" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="J294" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K294" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L294" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M294" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N294" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O294" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="2">
+        <v>45229</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="C295" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="D295" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E295" s="2">
+        <v>45198</v>
+      </c>
+      <c r="F295" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G295" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H295" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I295" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="J295" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K295" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L295" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M295" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N295" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="2">
+        <v>45426</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="C296" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E296" s="2">
+        <v>45198</v>
+      </c>
+      <c r="F296" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G296" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H296" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I296" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="J296" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K296" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L296" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M296" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N296" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O296" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="2">
+        <v>45330</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C297" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="D297" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E297" s="2">
+        <v>45198</v>
+      </c>
+      <c r="F297" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G297" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H297" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I297" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="J297" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K297" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L297" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M297" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N297" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O297" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="2">
+        <v>45490</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="D298" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E298" s="2">
+        <v>45202</v>
+      </c>
+      <c r="F298" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="G298" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H298" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I298" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="J298" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K298" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L298" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M298" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N298" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O298" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="2">
+        <v>45258</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="D299" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E299" s="2">
+        <v>45225</v>
+      </c>
+      <c r="F299" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G299" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H299" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I299" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="J299" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K299" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L299" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M299" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N299" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="2">
+        <v>45323</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C300" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="D300" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="E300" s="2">
+        <v>45225</v>
+      </c>
+      <c r="F300" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="G300" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H300" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I300" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J300" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K300" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L300" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M300" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N300" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O300" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="D301" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E301" s="2">
+        <v>45225</v>
+      </c>
+      <c r="F301" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="G301" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H301" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I301" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="J301" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="K301" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L301" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M301" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N301" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O301" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="2">
+        <v>45280</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E302" s="2">
+        <v>45259</v>
+      </c>
+      <c r="F302" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G302" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H302" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I302" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="J302" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K302" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L302" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M302" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N302" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O302" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="2">
+        <v>45733</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E303" s="2">
+        <v>45288</v>
+      </c>
+      <c r="F303" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="G303" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H303" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I303" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="J303" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K303" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L303" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M303" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N303" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O303" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="2">
+        <v>45490</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="E304" s="2">
+        <v>45288</v>
+      </c>
+      <c r="F304" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G304" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H304" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I304" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J304" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="K304" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L304" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M304" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N304" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O304" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="2">
+        <v>45348</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E305" s="2">
+        <v>45288</v>
+      </c>
+      <c r="F305" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G305" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H305" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I305" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="J305" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K305" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L305" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M305" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N305" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O305" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="2">
+        <v>45355</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="C306" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E306" s="2">
+        <v>45288</v>
+      </c>
+      <c r="F306" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G306" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H306" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I306" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="J306" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K306" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L306" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M306" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N306" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O306" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="2">
+        <v>45411</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="D307" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E307" s="2">
+        <v>45288</v>
+      </c>
+      <c r="F307" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G307" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H307" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I307" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="J307" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K307" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L307" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M307" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N307" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O307" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="2">
+        <v>45490</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="C308" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E308" s="2">
+        <v>45344</v>
+      </c>
+      <c r="F308" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G308" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H308" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I308" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="J308" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K308" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L308" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M308" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N308" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O308" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="2">
+        <v>45611</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C309" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="D309" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E309" s="2">
+        <v>45344</v>
+      </c>
+      <c r="F309" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G309" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H309" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I309" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="J309" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K309" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L309" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M309" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N309" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O309" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="2">
+        <v>45372</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="D310" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E310" s="2">
+        <v>45351</v>
+      </c>
+      <c r="F310" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G310" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H310" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I310" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="J310" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K310" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L310" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M310" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N310" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O310" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="C311" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="D311" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E311" s="2">
+        <v>45351</v>
+      </c>
+      <c r="F311" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="G311" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H311" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I311" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="J311" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K311" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L311" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M311" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N311" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O311" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="2">
+        <v>45551</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="C312" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="D312" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E312" s="2">
+        <v>45352</v>
+      </c>
+      <c r="F312" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G312" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H312" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I312" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="J312" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K312" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L312" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M312" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N312" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O312" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="2">
+        <v>45551</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="C313" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="D313" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E313" s="2">
+        <v>45377</v>
+      </c>
+      <c r="F313" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G313" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H313" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I313" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="J313" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K313" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L313" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M313" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N313" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B314" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="C314" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="D314" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E314" s="2">
+        <v>45406</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="G314" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H314" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I314" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="J314" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K314" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L314" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M314" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N314" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B315" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="D315" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E315" s="2">
+        <v>45406</v>
+      </c>
+      <c r="F315" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="G315" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H315" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I315" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="J315" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K315" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L315" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M315" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N315" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="2">
+        <v>45551</v>
+      </c>
+      <c r="B316" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="C316" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="D316" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E316" s="2">
+        <v>45406</v>
+      </c>
+      <c r="F316" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G316" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H316" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I316" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="J316" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K316" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L316" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M316" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N316" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O316" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="2">
+        <v>45733</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="C317" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="D317" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E317" s="2">
+        <v>45441</v>
+      </c>
+      <c r="F317" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G317" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H317" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I317" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="J317" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K317" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L317" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M317" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N317" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O317" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="2">
+        <v>45576</v>
+      </c>
+      <c r="B318" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="C318" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="D318" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E318" s="2">
+        <v>45442</v>
+      </c>
+      <c r="F318" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G318" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H318" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I318" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="J318" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="K318" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L318" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M318" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N318" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O318" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="2">
+        <v>45459</v>
+      </c>
+      <c r="B319" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="D319" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E319" s="2">
+        <v>45446</v>
+      </c>
+      <c r="F319" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G319" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H319" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I319" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="J319" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K319" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L319" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M319" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N319" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="2">
+        <v>45593</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="D320" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="E320" s="2">
+        <v>45469</v>
+      </c>
+      <c r="F320" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="G320" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H320" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I320" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J320" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="K320" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L320" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M320" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N320" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="2">
+        <v>45995</v>
+      </c>
+      <c r="B321" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="C321" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="D321" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E321" s="2">
+        <v>45471</v>
+      </c>
+      <c r="F321" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="G321" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H321" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I321" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="J321" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K321" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L321" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M321" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N321" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O321" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="2">
+        <v>45593</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="D322" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E322" s="2">
+        <v>45474</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G322" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H322" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I322" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="J322" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K322" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L322" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M322" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N322" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O322" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="2">
+        <v>45485</v>
+      </c>
+      <c r="B323" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E323" s="2">
+        <v>45485</v>
+      </c>
+      <c r="F323" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G323" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H323" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I323" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J323" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K323" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L323" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M323" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N323" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O323" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="2">
+        <v>45551</v>
+      </c>
+      <c r="B324" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E324" s="2">
+        <v>45499</v>
+      </c>
+      <c r="F324" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G324" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H324" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I324" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="J324" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K324" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L324" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M324" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N324" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="2">
+        <v>45533</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="D325" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E325" s="2">
+        <v>45533</v>
+      </c>
+      <c r="F325" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G325" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H325" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I325" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="J325" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K325" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L325" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M325" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N325" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O325" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="2">
+        <v>45677</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="D326" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E326" s="2">
+        <v>45561</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G326" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H326" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I326" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="J326" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K326" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L326" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M326" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N326" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O326" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="2">
+        <v>45790</v>
+      </c>
+      <c r="B327" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="D327" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E327" s="2">
+        <v>45565</v>
+      </c>
+      <c r="F327" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G327" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H327" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I327" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="J327" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K327" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L327" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M327" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N327" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O327" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="2">
+        <v>45637</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="D328" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E328" s="2">
+        <v>45565</v>
+      </c>
+      <c r="F328" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G328" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H328" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I328" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="J328" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K328" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L328" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M328" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N328" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O328" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="2">
+        <v>45642</v>
+      </c>
+      <c r="B329" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C329" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="D329" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E329" s="2">
+        <v>45565</v>
+      </c>
+      <c r="F329" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="G329" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H329" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I329" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="J329" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K329" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L329" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M329" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N329" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O329" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="2">
+        <v>45595</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="D330" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E330" s="2">
+        <v>45595</v>
+      </c>
+      <c r="F330" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G330" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H330" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I330" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J330" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K330" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L330" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M330" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N330" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O330" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B331" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="C331" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="D331" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E331" s="2">
+        <v>45595</v>
+      </c>
+      <c r="F331" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G331" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H331" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I331" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="J331" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K331" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L331" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M331" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N331" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O331" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B332" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="C332" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="D332" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E332" s="2">
+        <v>45596</v>
+      </c>
+      <c r="F332" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="G332" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H332" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I332" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="J332" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K332" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L332" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M332" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N332" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O332" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="2">
+        <v>45712</v>
+      </c>
+      <c r="B333" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C333" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="D333" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E333" s="2">
+        <v>45623</v>
+      </c>
+      <c r="F333" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G333" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H333" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I333" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="J333" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K333" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L333" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M333" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N333" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O333" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="2">
+        <v>45687</v>
+      </c>
+      <c r="B334" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="C334" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="D334" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E334" s="2">
+        <v>45624</v>
+      </c>
+      <c r="F334" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="G334" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H334" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I334" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="J334" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K334" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L334" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M334" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N334" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O334" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="2">
+        <v>45819</v>
+      </c>
+      <c r="B335" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="D335" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E335" s="2">
+        <v>45637</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="G335" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H335" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I335" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="J335" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K335" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L335" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M335" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N335" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="2">
+        <v>45973</v>
+      </c>
+      <c r="B336" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="C336" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="D336" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E336" s="2">
+        <v>45638</v>
+      </c>
+      <c r="F336" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="G336" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H336" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I336" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="J336" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="K336" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L336" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M336" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N336" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O336" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="2">
+        <v>45677</v>
+      </c>
+      <c r="B337" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="C337" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="D337" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E337" s="2">
+        <v>45649</v>
+      </c>
+      <c r="F337" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G337" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H337" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I337" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="J337" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K337" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L337" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M337" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N337" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O337" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="2">
+        <v>45824</v>
+      </c>
+      <c r="B338" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="D338" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E338" s="2">
+        <v>45670</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G338" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H338" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I338" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="J338" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="K338" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L338" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M338" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N338" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O338" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B339" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E339" s="2">
+        <v>45684</v>
+      </c>
+      <c r="F339" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G339" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H339" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I339" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="J339" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K339" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L339" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M339" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N339" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="2">
+        <v>45849</v>
+      </c>
+      <c r="B340" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="C340" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="D340" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E340" s="2">
+        <v>45686</v>
+      </c>
+      <c r="F340" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G340" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H340" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I340" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="J340" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K340" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L340" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M340" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N340" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O340" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="2">
+        <v>45687</v>
+      </c>
+      <c r="B341" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C341" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="D341" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E341" s="2">
+        <v>45687</v>
+      </c>
+      <c r="F341" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G341" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H341" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I341" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="J341" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K341" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L341" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M341" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N341" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O341" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="2">
+        <v>45733</v>
+      </c>
+      <c r="B342" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="C342" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="D342" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E342" s="2">
+        <v>45715</v>
+      </c>
+      <c r="F342" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="G342" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H342" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I342" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J342" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="K342" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L342" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M342" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N342" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O342" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="2">
+        <v>45735</v>
+      </c>
+      <c r="B343" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="D343" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E343" s="2">
+        <v>45720</v>
+      </c>
+      <c r="F343" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G343" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H343" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I343" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="J343" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K343" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L343" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M343" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N343" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="2">
+        <v>45943</v>
+      </c>
+      <c r="B344" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="D344" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E344" s="2">
+        <v>45726</v>
+      </c>
+      <c r="F344" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G344" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H344" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I344" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="J344" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K344" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L344" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M344" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N344" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O344" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="2">
+        <v>45824</v>
+      </c>
+      <c r="B345" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="C345" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E345" s="2">
+        <v>45740</v>
+      </c>
+      <c r="F345" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G345" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H345" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I345" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="J345" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K345" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L345" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M345" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N345" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O345" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="2">
+        <v>45813</v>
+      </c>
+      <c r="B346" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="C346" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="D346" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E346" s="2">
+        <v>45747</v>
+      </c>
+      <c r="F346" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G346" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H346" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I346" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="J346" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K346" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L346" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M346" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N346" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C347" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D347" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E347" s="2">
+        <v>45762</v>
+      </c>
+      <c r="F347" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="G347" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H347" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I347" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="J347" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K347" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L347" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M347" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N347" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O347" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B348" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C348" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D348" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E348" s="2">
+        <v>45770</v>
+      </c>
+      <c r="F348" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="G348" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H348" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I348" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="J348" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="K348" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L348" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M348" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N348" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O348" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="2">
+        <v>45845</v>
+      </c>
+      <c r="B349" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D349" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E349" s="2">
+        <v>45771</v>
+      </c>
+      <c r="F349" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G349" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H349" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I349" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J349" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K349" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L349" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M349" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N349" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O349" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="2">
+        <v>46001</v>
+      </c>
+      <c r="B350" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D350" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E350" s="2">
+        <v>45771</v>
+      </c>
+      <c r="F350" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G350" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H350" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I350" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J350" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K350" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L350" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M350" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N350" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="2">
+        <v>45849</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C351" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D351" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E351" s="2">
+        <v>45790</v>
+      </c>
+      <c r="F351" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G351" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H351" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I351" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J351" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K351" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L351" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M351" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N351" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="2">
+        <v>45845</v>
+      </c>
+      <c r="B352" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C352" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D352" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E352" s="2">
+        <v>45807</v>
+      </c>
+      <c r="F352" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G352" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H352" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I352" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J352" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K352" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L352" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M352" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N352" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O352" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="2">
+        <v>46014</v>
+      </c>
+      <c r="B353" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C353" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D353" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E353" s="2">
+        <v>45807</v>
+      </c>
+      <c r="F353" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="G353" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H353" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I353" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J353" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="K353" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L353" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M353" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N353" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O353" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="2">
+        <v>45845</v>
+      </c>
+      <c r="B354" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C354" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D354" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E354" s="2">
+        <v>45807</v>
+      </c>
+      <c r="F354" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="G354" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H354" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I354" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J354" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K354" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L354" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M354" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N354" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="2">
+        <v>45845</v>
+      </c>
+      <c r="B355" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C355" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D355" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E355" s="2">
+        <v>45811</v>
+      </c>
+      <c r="F355" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G355" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H355" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I355" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J355" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K355" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L355" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M355" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N355" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O355" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="2">
+        <v>45849</v>
+      </c>
+      <c r="B356" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C356" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D356" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E356" s="2">
+        <v>45835</v>
+      </c>
+      <c r="F356" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="G356" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H356" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I356" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J356" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K356" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L356" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M356" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N356" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="2">
+        <v>45849</v>
+      </c>
+      <c r="B357" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C357" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D357" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E357" s="2">
+        <v>45835</v>
+      </c>
+      <c r="F357" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G357" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H357" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I357" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J357" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K357" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L357" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M357" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N357" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="2">
+        <v>45887</v>
+      </c>
+      <c r="B358" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C358" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D358" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E358" s="2">
+        <v>45862</v>
+      </c>
+      <c r="F358" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G358" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H358" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I358" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J358" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K358" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L358" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M358" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N358" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O358" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="2">
+        <v>46069</v>
+      </c>
+      <c r="B359" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C359" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D359" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E359" s="2">
+        <v>45888</v>
+      </c>
+      <c r="F359" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="G359" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H359" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I359" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="J359" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K359" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L359" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M359" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N359" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O359" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="2">
+        <v>45910</v>
+      </c>
+      <c r="B360" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C360" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D360" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E360" s="2">
+        <v>45897</v>
+      </c>
+      <c r="F360" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G360" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H360" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I360" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J360" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K360" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L360" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M360" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N360" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O360" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="2">
+        <v>45910</v>
+      </c>
+      <c r="B361" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C361" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D361" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E361" s="2">
+        <v>45897</v>
+      </c>
+      <c r="F361" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G361" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H361" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I361" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J361" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="K361" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L361" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M361" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N361" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="2">
+        <v>45910</v>
+      </c>
+      <c r="B362" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C362" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D362" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E362" s="2">
+        <v>45897</v>
+      </c>
+      <c r="F362" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G362" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H362" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I362" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J362" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K362" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L362" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M362" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N362" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O362" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B363" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C363" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D363" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E363" s="2">
+        <v>45897</v>
+      </c>
+      <c r="F363" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="G363" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H363" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I363" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="J363" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K363" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L363" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M363" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N363" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O363" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="2">
+        <v>45910</v>
+      </c>
+      <c r="B364" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C364" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D364" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E364" s="2">
+        <v>45901</v>
+      </c>
+      <c r="F364" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G364" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H364" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I364" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J364" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K364" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L364" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M364" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N364" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O364" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B365" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C365" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D365" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E365" s="2">
+        <v>45922</v>
+      </c>
+      <c r="F365" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="G365" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H365" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I365" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J365" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="K365" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L365" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M365" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N365" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O365" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="2">
+        <v>46043</v>
+      </c>
+      <c r="B366" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C366" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D366" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E366" s="2">
+        <v>45925</v>
+      </c>
+      <c r="F366" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G366" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H366" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I366" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="J366" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K366" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L366" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M366" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N366" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O366" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="2">
+        <v>45938</v>
+      </c>
+      <c r="B367" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C367" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D367" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E367" s="2">
+        <v>45925</v>
+      </c>
+      <c r="F367" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G367" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H367" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I367" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J367" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="K367" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L367" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M367" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N367" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O367" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="2">
+        <v>45938</v>
+      </c>
+      <c r="B368" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C368" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D368" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E368" s="2">
+        <v>45926</v>
+      </c>
+      <c r="F368" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G368" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H368" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I368" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J368" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="K368" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L368" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="M368" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N368" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B369" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C369" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D369" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E369" s="2">
+        <v>45957</v>
+      </c>
+      <c r="F369" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G369" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H369" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I369" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J369" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K369" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L369" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M369" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N369" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O369" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B370" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C370" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D370" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E370" s="2">
+        <v>45957</v>
+      </c>
+      <c r="F370" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G370" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H370" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I370" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J370" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="K370" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L370" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M370" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N370" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O370" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="2">
+        <v>45974</v>
+      </c>
+      <c r="B371" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C371" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D371" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E371" s="2">
+        <v>45959</v>
+      </c>
+      <c r="F371" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G371" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H371" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I371" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J371" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="K371" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L371" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M371" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N371" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O371" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B372" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C372" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D372" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E372" s="2">
+        <v>45992</v>
+      </c>
+      <c r="F372" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="G372" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H372" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I372" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J372" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K372" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L372" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M372" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="N372" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O372" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="2">
+        <v>45992</v>
+      </c>
+      <c r="B373" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C373" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D373" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E373" s="2">
+        <v>45992</v>
+      </c>
+      <c r="F373" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="G373" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H373" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I373" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J373" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="K373" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L373" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M373" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N373" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O373" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="2">
         <v>46065</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E83" s="2">
+      <c r="B374" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C374" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D374" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E374" s="2">
+        <v>46031</v>
+      </c>
+      <c r="F374" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G374" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H374" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I374" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J374" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="K374" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L374" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M374" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N374" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O374" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B375" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C375" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D375" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E375" s="2">
         <v>46037</v>
       </c>
-      <c r="F83" s="0" t="s">
-[...5 lines deleted...]
-      <c r="H83" s="0" t="s">
+      <c r="F375" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G375" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H375" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I375" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="J375" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="K375" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L375" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M375" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N375" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B376" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C376" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D376" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E376" s="2">
+        <v>46041</v>
+      </c>
+      <c r="F376" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="G376" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H376" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="I83" s="0" t="s">
-[...17 lines deleted...]
-      <c r="O83" s="0" t="s">
+      <c r="I376" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J376" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K376" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L376" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M376" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N376" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="2">
+        <v>46065</v>
+      </c>
+      <c r="B377" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C377" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D377" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E377" s="2">
+        <v>46051</v>
+      </c>
+      <c r="F377" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G377" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H377" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I377" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J377" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K377" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L377" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M377" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N377" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O377" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="2">
+        <v>46078</v>
+      </c>
+      <c r="B378" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C378" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D378" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="E378" s="2">
+        <v>46078</v>
+      </c>
+      <c r="F378" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G378" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H378" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="I378" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J378" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="K378" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L378" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="M378" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="N378" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="O378" s="0" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Xoserve</dc:creator>
   <dc:title>Change Register</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
 </file>